--- v0 (2025-10-31)
+++ v1 (2026-02-03)
@@ -425,51 +425,51 @@
   <si>
     <t xml:space="preserve"> Sukhdev </t>
   </si>
   <si>
     <t xml:space="preserve">Divyansh Bhardwaj </t>
   </si>
   <si>
     <t>Amit Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-01/1611379752947.pdf</t>
   </si>
   <si>
     <t>2021-01-23 10:59:12</t>
   </si>
   <si>
     <t>2021-01-23 15:19:56</t>
   </si>
   <si>
     <t xml:space="preserve">Khushi Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Chaman Lal </t>
   </si>
   <si>
-    <t xml:space="preserve">Rishik </t>
+    <t xml:space="preserve">Rishik Thakur </t>
   </si>
   <si>
     <t>Arun Thakur</t>
   </si>
   <si>
     <t xml:space="preserve">Shivam Chandel </t>
   </si>
   <si>
     <t>Manoj Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">Aditya </t>
   </si>
   <si>
     <t>Kamlesh Kumar</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>