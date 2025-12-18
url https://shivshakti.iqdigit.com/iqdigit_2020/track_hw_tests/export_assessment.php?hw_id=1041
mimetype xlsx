--- v0 (2025-10-31)
+++ v1 (2025-12-18)
@@ -527,51 +527,51 @@
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-01/1611978075383.pdf</t>
   </si>
   <si>
     <t>2021-01-30 09:11:15</t>
   </si>
   <si>
     <t>2021-01-30 21:18:01</t>
   </si>
   <si>
     <t xml:space="preserve">Khushi Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Chaman Lal </t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-01/1611978898795.pdf</t>
   </si>
   <si>
     <t>2021-01-30 09:24:58</t>
   </si>
   <si>
     <t>2021-01-30 21:17:38</t>
   </si>
   <si>
-    <t xml:space="preserve">Rishik </t>
+    <t xml:space="preserve">Rishik Thakur </t>
   </si>
   <si>
     <t>Arun Thakur</t>
   </si>
   <si>
     <t xml:space="preserve">Shivam Chandel </t>
   </si>
   <si>
     <t>Manoj Kumar</t>
   </si>
   <si>
     <t>07</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-01/1611979246282.pdf</t>
   </si>
   <si>
     <t>2021-01-30 09:30:46</t>
   </si>
   <si>
     <t>2021-01-30 21:11:13</t>
   </si>
   <si>
     <t xml:space="preserve">Aditya </t>
   </si>