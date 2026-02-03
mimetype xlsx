--- v0 (2025-10-31)
+++ v1 (2026-02-03)
@@ -476,51 +476,51 @@
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-01/1611996914026.pdf</t>
   </si>
   <si>
     <t>2021-01-30 14:25:14</t>
   </si>
   <si>
     <t>2021-02-01 14:40:18</t>
   </si>
   <si>
     <t xml:space="preserve">Khushi Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Chaman Lal </t>
   </si>
   <si>
     <t>submitted</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-02/1612506124142.pdf</t>
   </si>
   <si>
     <t>2021-02-05 11:52:04</t>
   </si>
   <si>
-    <t xml:space="preserve">Rishik </t>
+    <t xml:space="preserve">Rishik Thakur </t>
   </si>
   <si>
     <t>Arun Thakur</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-01/1611996622344.pdf</t>
   </si>
   <si>
     <t>2021-01-30 14:20:22</t>
   </si>
   <si>
     <t>2021-02-01 14:34:19</t>
   </si>
   <si>
     <t xml:space="preserve">Shivam Chandel </t>
   </si>
   <si>
     <t>Manoj Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-01/1612001396448.pdf</t>
   </si>
   <si>
     <t>2021-01-30 15:39:56</t>
   </si>