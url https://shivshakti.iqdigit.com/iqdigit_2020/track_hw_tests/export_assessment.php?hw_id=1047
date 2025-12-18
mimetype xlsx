--- v0 (2025-10-31)
+++ v1 (2025-12-18)
@@ -200,186 +200,186 @@
   <si>
     <t xml:space="preserve">Mohit </t>
   </si>
   <si>
     <t>Raj gopal</t>
   </si>
   <si>
     <t xml:space="preserve">KAVYANSH </t>
   </si>
   <si>
     <t>RAVI KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">NAVIKA </t>
   </si>
   <si>
     <t>RAJESH VERMA</t>
   </si>
   <si>
     <t xml:space="preserve">Aarvi Kashyap </t>
   </si>
   <si>
     <t>Harish Pal Singh</t>
   </si>
   <si>
+    <t xml:space="preserve">Pranjal </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Arun Shamra</t>
+  </si>
+  <si>
+    <t>submitted</t>
+  </si>
+  <si>
+    <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-02/1612176207593.pdf</t>
+  </si>
+  <si>
+    <t>2021-02-01 16:13:27</t>
+  </si>
+  <si>
     <t xml:space="preserve">Aayan Chouhan </t>
   </si>
   <si>
     <t>Om Prakash</t>
   </si>
   <si>
     <t xml:space="preserve">KARTIK </t>
   </si>
   <si>
     <t>Sandeep Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">Arush Thakur </t>
   </si>
   <si>
     <t>Praveen Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">Shivam Jamwal </t>
   </si>
   <si>
     <t>Sh. Vijander Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">AryanKUmar </t>
   </si>
   <si>
     <t>Sunil Kumar</t>
   </si>
   <si>
+    <t xml:space="preserve">Aarav Sankhyan </t>
+  </si>
+  <si>
+    <t>Vivek Kumar</t>
+  </si>
+  <si>
     <t xml:space="preserve">Tanvi </t>
   </si>
   <si>
     <t>Bachan Singh</t>
   </si>
   <si>
     <t xml:space="preserve">Kanish Bhardwaj </t>
   </si>
   <si>
     <t>Banke Bihari Lal</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-02/1612159827751.pdf</t>
   </si>
   <si>
     <t>2021-02-01 11:40:27</t>
   </si>
   <si>
     <t>2021-02-01 13:55:01</t>
   </si>
   <si>
     <t xml:space="preserve">Vidanshi </t>
   </si>
   <si>
     <t>Chetan Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-02/1612159966557.pdf</t>
   </si>
   <si>
     <t>2021-02-01 11:42:46</t>
   </si>
   <si>
     <t>2021-02-01 13:54:29</t>
   </si>
   <si>
-    <t xml:space="preserve">Aarav Sankhyan </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Divyank Patiyal </t>
   </si>
   <si>
     <t>Sanjay Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">Sanjana Devi </t>
   </si>
   <si>
     <t>Vikas Patiyal</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-02/1612160197259.pdf</t>
   </si>
   <si>
     <t>2021-02-01 11:46:37</t>
   </si>
   <si>
     <t>2021-02-01 13:53:54</t>
   </si>
   <si>
     <t>very good</t>
   </si>
   <si>
     <t xml:space="preserve">Rudransh </t>
   </si>
   <si>
     <t>Raman Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">Rubal Kashyap </t>
   </si>
   <si>
     <t xml:space="preserve">Nandini Sharma </t>
   </si>
   <si>
     <t>Pardeep KUmar</t>
   </si>
   <si>
     <t xml:space="preserve">Pragya </t>
   </si>
   <si>
     <t>Satish Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">Rishav Parmar </t>
   </si>
   <si>
     <t>Sukesh KUmar</t>
-  </si>
-[...13 lines deleted...]
-    <t>2021-02-01 16:13:27</t>
   </si>
   <si>
     <t xml:space="preserve">Kamna Dhatwalia </t>
   </si>
   <si>
     <t xml:space="preserve">Pradeep Kumar </t>
   </si>
   <si>
     <t xml:space="preserve">Madhav Chauhan </t>
   </si>
   <si>
     <t>Pawan Singh</t>
   </si>
   <si>
     <t xml:space="preserve">Nikunj Dhiman </t>
   </si>
   <si>
     <t xml:space="preserve">Chander Shekhar  </t>
   </si>
   <si>
     <t xml:space="preserve">Navneet Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Narender </t>
   </si>
@@ -1417,690 +1417,690 @@
       </c>
       <c r="N16"/>
       <c r="O16"/>
       <c r="P16"/>
     </row>
     <row r="17" spans="1:16">
       <c r="B17" t="s">
         <v>16</v>
       </c>
       <c r="C17" t="s">
         <v>17</v>
       </c>
       <c r="D17" t="s">
         <v>18</v>
       </c>
       <c r="E17" t="s">
         <v>62</v>
       </c>
       <c r="F17" t="s">
         <v>63</v>
       </c>
       <c r="G17">
         <v>25</v>
       </c>
       <c r="H17" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="I17" t="s">
         <v>22</v>
       </c>
       <c r="J17">
         <v>10</v>
       </c>
       <c r="K17"/>
-      <c r="L17"/>
+      <c r="L17" t="s">
+        <v>65</v>
+      </c>
       <c r="M17" t="s">
         <v>23</v>
       </c>
-      <c r="N17"/>
+      <c r="N17" t="s">
+        <v>66</v>
+      </c>
       <c r="O17"/>
       <c r="P17"/>
     </row>
     <row r="18" spans="1:16">
       <c r="B18" t="s">
         <v>16</v>
       </c>
       <c r="C18" t="s">
         <v>17</v>
       </c>
       <c r="D18" t="s">
         <v>18</v>
       </c>
       <c r="E18" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="F18" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="G18">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H18" t="s">
         <v>21</v>
       </c>
       <c r="I18" t="s">
         <v>22</v>
       </c>
       <c r="J18">
         <v>10</v>
       </c>
       <c r="K18"/>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>23</v>
       </c>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18"/>
     </row>
     <row r="19" spans="1:16">
       <c r="B19" t="s">
         <v>16</v>
       </c>
       <c r="C19" t="s">
         <v>17</v>
       </c>
       <c r="D19" t="s">
         <v>18</v>
       </c>
       <c r="E19" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="F19" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="G19">
         <v>24</v>
       </c>
       <c r="H19" t="s">
         <v>21</v>
       </c>
       <c r="I19" t="s">
         <v>22</v>
       </c>
       <c r="J19">
         <v>10</v>
       </c>
       <c r="K19"/>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>23</v>
       </c>
       <c r="N19"/>
       <c r="O19"/>
       <c r="P19"/>
     </row>
     <row r="20" spans="1:16">
       <c r="B20" t="s">
         <v>16</v>
       </c>
       <c r="C20" t="s">
         <v>17</v>
       </c>
       <c r="D20" t="s">
         <v>18</v>
       </c>
       <c r="E20" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F20" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="G20">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H20" t="s">
         <v>21</v>
       </c>
       <c r="I20" t="s">
         <v>22</v>
       </c>
       <c r="J20">
         <v>10</v>
       </c>
       <c r="K20"/>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>23</v>
       </c>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20"/>
     </row>
     <row r="21" spans="1:16">
       <c r="B21" t="s">
         <v>16</v>
       </c>
       <c r="C21" t="s">
         <v>17</v>
       </c>
       <c r="D21" t="s">
         <v>18</v>
       </c>
       <c r="E21" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="F21" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="G21">
         <v>23</v>
       </c>
       <c r="H21" t="s">
         <v>21</v>
       </c>
       <c r="I21" t="s">
         <v>22</v>
       </c>
       <c r="J21">
         <v>10</v>
       </c>
       <c r="K21"/>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>23</v>
       </c>
       <c r="N21"/>
       <c r="O21"/>
       <c r="P21"/>
     </row>
     <row r="22" spans="1:16">
       <c r="B22" t="s">
         <v>16</v>
       </c>
       <c r="C22" t="s">
         <v>17</v>
       </c>
       <c r="D22" t="s">
         <v>18</v>
       </c>
       <c r="E22" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="F22" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="G22">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="H22" t="s">
         <v>21</v>
       </c>
       <c r="I22" t="s">
         <v>22</v>
       </c>
       <c r="J22">
         <v>10</v>
       </c>
       <c r="K22"/>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>23</v>
       </c>
       <c r="N22"/>
       <c r="O22"/>
       <c r="P22"/>
     </row>
     <row r="23" spans="1:16">
       <c r="B23" t="s">
         <v>16</v>
       </c>
       <c r="C23" t="s">
         <v>17</v>
       </c>
       <c r="D23" t="s">
         <v>18</v>
       </c>
       <c r="E23" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="F23" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="G23">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H23" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="I23" t="s">
         <v>22</v>
       </c>
       <c r="J23">
         <v>10</v>
       </c>
-      <c r="K23">
-[...4 lines deleted...]
-      </c>
+      <c r="K23"/>
+      <c r="L23"/>
       <c r="M23" t="s">
         <v>23</v>
       </c>
-      <c r="N23" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="N23"/>
+      <c r="O23"/>
+      <c r="P23"/>
     </row>
     <row r="24" spans="1:16">
       <c r="B24" t="s">
         <v>16</v>
       </c>
       <c r="C24" t="s">
         <v>17</v>
       </c>
       <c r="D24" t="s">
         <v>18</v>
       </c>
       <c r="E24" t="s">
         <v>79</v>
       </c>
       <c r="F24" t="s">
         <v>80</v>
       </c>
       <c r="G24">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="H24" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="I24" t="s">
         <v>22</v>
       </c>
       <c r="J24">
         <v>10</v>
       </c>
-      <c r="K24">
-[...4 lines deleted...]
-      </c>
+      <c r="K24"/>
+      <c r="L24"/>
       <c r="M24" t="s">
         <v>23</v>
       </c>
-      <c r="N24" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="N24"/>
+      <c r="O24"/>
+      <c r="P24"/>
     </row>
     <row r="25" spans="1:16">
       <c r="B25" t="s">
         <v>16</v>
       </c>
       <c r="C25" t="s">
         <v>17</v>
       </c>
       <c r="D25" t="s">
         <v>18</v>
       </c>
       <c r="E25" t="s">
+        <v>81</v>
+      </c>
+      <c r="F25" t="s">
+        <v>82</v>
+      </c>
+      <c r="G25">
+        <v>21</v>
+      </c>
+      <c r="H25" t="s">
+        <v>36</v>
+      </c>
+      <c r="I25" t="s">
+        <v>22</v>
+      </c>
+      <c r="J25">
+        <v>10</v>
+      </c>
+      <c r="K25">
+        <v>10</v>
+      </c>
+      <c r="L25" t="s">
+        <v>83</v>
+      </c>
+      <c r="M25" t="s">
+        <v>23</v>
+      </c>
+      <c r="N25" t="s">
         <v>84</v>
       </c>
-      <c r="F25" t="s">
+      <c r="O25" t="s">
         <v>85</v>
       </c>
-      <c r="G25">
-[...18 lines deleted...]
-      <c r="P25"/>
+      <c r="P25" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="26" spans="1:16">
       <c r="B26" t="s">
         <v>16</v>
       </c>
       <c r="C26" t="s">
         <v>17</v>
       </c>
       <c r="D26" t="s">
         <v>18</v>
       </c>
       <c r="E26" t="s">
         <v>86</v>
       </c>
       <c r="F26" t="s">
         <v>87</v>
       </c>
       <c r="G26">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H26" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="I26" t="s">
         <v>22</v>
       </c>
       <c r="J26">
         <v>10</v>
       </c>
-      <c r="K26"/>
-      <c r="L26"/>
+      <c r="K26">
+        <v>10</v>
+      </c>
+      <c r="L26" t="s">
+        <v>88</v>
+      </c>
       <c r="M26" t="s">
         <v>23</v>
       </c>
-      <c r="N26"/>
-[...1 lines deleted...]
-      <c r="P26"/>
+      <c r="N26" t="s">
+        <v>89</v>
+      </c>
+      <c r="O26" t="s">
+        <v>90</v>
+      </c>
+      <c r="P26" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="27" spans="1:16">
       <c r="B27" t="s">
         <v>16</v>
       </c>
       <c r="C27" t="s">
         <v>17</v>
       </c>
       <c r="D27" t="s">
         <v>18</v>
       </c>
       <c r="E27" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="F27" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="G27">
         <v>18</v>
       </c>
       <c r="H27" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="I27" t="s">
         <v>22</v>
       </c>
       <c r="J27">
         <v>10</v>
       </c>
-      <c r="K27">
-[...4 lines deleted...]
-      </c>
+      <c r="K27"/>
+      <c r="L27"/>
       <c r="M27" t="s">
         <v>23</v>
       </c>
-      <c r="N27" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="N27"/>
+      <c r="O27"/>
+      <c r="P27"/>
     </row>
     <row r="28" spans="1:16">
       <c r="B28" t="s">
         <v>16</v>
       </c>
       <c r="C28" t="s">
         <v>17</v>
       </c>
       <c r="D28" t="s">
         <v>18</v>
       </c>
       <c r="E28" t="s">
+        <v>93</v>
+      </c>
+      <c r="F28" t="s">
         <v>94</v>
       </c>
-      <c r="F28" t="s">
+      <c r="G28">
+        <v>18</v>
+      </c>
+      <c r="H28" t="s">
+        <v>36</v>
+      </c>
+      <c r="I28" t="s">
+        <v>22</v>
+      </c>
+      <c r="J28">
+        <v>10</v>
+      </c>
+      <c r="K28">
+        <v>9.5</v>
+      </c>
+      <c r="L28" t="s">
         <v>95</v>
       </c>
-      <c r="G28">
-[...12 lines deleted...]
-      <c r="L28"/>
       <c r="M28" t="s">
         <v>23</v>
       </c>
-      <c r="N28"/>
-[...1 lines deleted...]
-      <c r="P28"/>
+      <c r="N28" t="s">
+        <v>96</v>
+      </c>
+      <c r="O28" t="s">
+        <v>97</v>
+      </c>
+      <c r="P28" t="s">
+        <v>98</v>
+      </c>
     </row>
     <row r="29" spans="1:16">
       <c r="B29" t="s">
         <v>16</v>
       </c>
       <c r="C29" t="s">
         <v>17</v>
       </c>
       <c r="D29" t="s">
         <v>18</v>
       </c>
       <c r="E29" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="F29" t="s">
-        <v>31</v>
+        <v>100</v>
       </c>
       <c r="G29">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="H29" t="s">
         <v>21</v>
       </c>
       <c r="I29" t="s">
         <v>22</v>
       </c>
       <c r="J29">
         <v>10</v>
       </c>
       <c r="K29"/>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>23</v>
       </c>
       <c r="N29"/>
       <c r="O29"/>
       <c r="P29"/>
     </row>
     <row r="30" spans="1:16">
       <c r="B30" t="s">
         <v>16</v>
       </c>
       <c r="C30" t="s">
         <v>17</v>
       </c>
       <c r="D30" t="s">
         <v>18</v>
       </c>
       <c r="E30" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="F30" t="s">
-        <v>98</v>
+        <v>31</v>
       </c>
       <c r="G30">
         <v>16</v>
       </c>
       <c r="H30" t="s">
         <v>21</v>
       </c>
       <c r="I30" t="s">
         <v>22</v>
       </c>
       <c r="J30">
         <v>10</v>
       </c>
       <c r="K30"/>
       <c r="L30"/>
       <c r="M30" t="s">
         <v>23</v>
       </c>
       <c r="N30"/>
       <c r="O30"/>
       <c r="P30"/>
     </row>
     <row r="31" spans="1:16">
       <c r="B31" t="s">
         <v>16</v>
       </c>
       <c r="C31" t="s">
         <v>17</v>
       </c>
       <c r="D31" t="s">
         <v>18</v>
       </c>
       <c r="E31" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="F31" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="G31">
         <v>16</v>
       </c>
       <c r="H31" t="s">
         <v>21</v>
       </c>
       <c r="I31" t="s">
         <v>22</v>
       </c>
       <c r="J31">
         <v>10</v>
       </c>
       <c r="K31"/>
       <c r="L31"/>
       <c r="M31" t="s">
         <v>23</v>
       </c>
       <c r="N31"/>
       <c r="O31"/>
       <c r="P31"/>
     </row>
     <row r="32" spans="1:16">
       <c r="B32" t="s">
         <v>16</v>
       </c>
       <c r="C32" t="s">
         <v>17</v>
       </c>
       <c r="D32" t="s">
         <v>18</v>
       </c>
       <c r="E32" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="F32" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="G32">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H32" t="s">
         <v>21</v>
       </c>
       <c r="I32" t="s">
         <v>22</v>
       </c>
       <c r="J32">
         <v>10</v>
       </c>
       <c r="K32"/>
       <c r="L32"/>
       <c r="M32" t="s">
         <v>23</v>
       </c>
       <c r="N32"/>
       <c r="O32"/>
       <c r="P32"/>
     </row>
     <row r="33" spans="1:16">
       <c r="B33" t="s">
         <v>16</v>
       </c>
       <c r="C33" t="s">
         <v>17</v>
       </c>
       <c r="D33" t="s">
         <v>18</v>
       </c>
       <c r="E33" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="F33" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="G33">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H33" t="s">
-        <v>105</v>
+        <v>21</v>
       </c>
       <c r="I33" t="s">
         <v>22</v>
       </c>
       <c r="J33">
         <v>10</v>
       </c>
       <c r="K33"/>
-      <c r="L33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
         <v>23</v>
       </c>
-      <c r="N33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N33"/>
       <c r="O33"/>
       <c r="P33"/>
     </row>
     <row r="34" spans="1:16">
       <c r="B34" t="s">
         <v>16</v>
       </c>
       <c r="C34" t="s">
         <v>17</v>
       </c>
       <c r="D34" t="s">
         <v>18</v>
       </c>
       <c r="E34" t="s">
         <v>108</v>
       </c>
       <c r="F34" t="s">
         <v>109</v>
       </c>
       <c r="G34">
         <v>13</v>
       </c>
       <c r="H34" t="s">
         <v>21</v>
       </c>