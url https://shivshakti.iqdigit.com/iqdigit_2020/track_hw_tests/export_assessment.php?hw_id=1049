--- v0 (2025-10-31)
+++ v1 (2026-02-03)
@@ -518,51 +518,51 @@
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-02/1612243063612.pdf</t>
   </si>
   <si>
     <t>2021-02-02 10:47:43</t>
   </si>
   <si>
     <t>2021-02-02 14:41:44</t>
   </si>
   <si>
     <t xml:space="preserve">Khushi Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Chaman Lal </t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-02/1612243767412.pdf</t>
   </si>
   <si>
     <t>2021-02-02 10:59:27</t>
   </si>
   <si>
     <t>2021-02-02 14:41:26</t>
   </si>
   <si>
-    <t xml:space="preserve">Rishik </t>
+    <t xml:space="preserve">Rishik Thakur </t>
   </si>
   <si>
     <t>Arun Thakur</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-02/1612243603721.pdf</t>
   </si>
   <si>
     <t>2021-02-02 10:56:43</t>
   </si>
   <si>
     <t>2021-02-02 11:08:50</t>
   </si>
   <si>
     <t xml:space="preserve">Shivam Chandel </t>
   </si>
   <si>
     <t>Manoj Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">Aditya </t>
   </si>
   <si>
     <t>Kamlesh Kumar</t>
   </si>