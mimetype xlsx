--- v0 (2025-10-31)
+++ v1 (2025-12-18)
@@ -488,51 +488,51 @@
   <si>
     <t xml:space="preserve">Divyansh Bhardwaj </t>
   </si>
   <si>
     <t>Amit Kumar</t>
   </si>
   <si>
     <t>15***</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-02/1612518654076.pdf</t>
   </si>
   <si>
     <t>2021-02-05 15:20:54</t>
   </si>
   <si>
     <t>2021-02-06 13:31:11</t>
   </si>
   <si>
     <t xml:space="preserve">Khushi Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Chaman Lal </t>
   </si>
   <si>
-    <t xml:space="preserve">Rishik </t>
+    <t xml:space="preserve">Rishik Thakur </t>
   </si>
   <si>
     <t>Arun Thakur</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-02/1612518813834.pdf</t>
   </si>
   <si>
     <t>2021-02-05 15:23:33</t>
   </si>
   <si>
     <t>2021-02-06 13:28:29</t>
   </si>
   <si>
     <t xml:space="preserve">Shivam Chandel </t>
   </si>
   <si>
     <t>Manoj Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">Aditya </t>
   </si>
   <si>
     <t>Kamlesh Kumar</t>
   </si>