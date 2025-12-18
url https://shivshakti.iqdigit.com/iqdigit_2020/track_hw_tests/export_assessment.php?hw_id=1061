--- v0 (2025-10-31)
+++ v1 (2025-12-18)
@@ -476,51 +476,51 @@
   <si>
     <t>Amit Kumar</t>
   </si>
   <si>
     <t>05</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-02/1612761995663.pdf</t>
   </si>
   <si>
     <t>2021-02-08 10:56:35</t>
   </si>
   <si>
     <t>2021-02-08 11:30:22</t>
   </si>
   <si>
     <t>good</t>
   </si>
   <si>
     <t xml:space="preserve">Khushi Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Chaman Lal </t>
   </si>
   <si>
-    <t xml:space="preserve">Rishik </t>
+    <t xml:space="preserve">Rishik Thakur </t>
   </si>
   <si>
     <t>Arun Thakur</t>
   </si>
   <si>
     <t>06</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-02/1612762075084.pdf</t>
   </si>
   <si>
     <t>2021-02-08 10:57:55</t>
   </si>
   <si>
     <t>2021-02-08 11:27:30</t>
   </si>
   <si>
     <t xml:space="preserve">Shivam Chandel </t>
   </si>
   <si>
     <t>Manoj Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">Aditya </t>
   </si>