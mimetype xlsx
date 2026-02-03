--- v0 (2025-10-31)
+++ v1 (2026-02-03)
@@ -521,51 +521,51 @@
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-02/1613105442051.pdf</t>
   </si>
   <si>
     <t>2021-02-12 10:20:42</t>
   </si>
   <si>
     <t>2021-02-12 20:08:24</t>
   </si>
   <si>
     <t xml:space="preserve">Khushi Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Chaman Lal </t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-02/1613105190914.pdf</t>
   </si>
   <si>
     <t>2021-02-12 10:16:30</t>
   </si>
   <si>
     <t>2021-02-12 20:08:04</t>
   </si>
   <si>
-    <t xml:space="preserve">Rishik </t>
+    <t xml:space="preserve">Rishik Thakur </t>
   </si>
   <si>
     <t>Arun Thakur</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-02/1613104925733.pdf</t>
   </si>
   <si>
     <t>2021-02-12 10:12:05</t>
   </si>
   <si>
     <t>2021-02-12 16:59:34</t>
   </si>
   <si>
     <t xml:space="preserve">Shivam Chandel </t>
   </si>
   <si>
     <t>Manoj Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-02/1613107631700.pdf</t>
   </si>
   <si>
     <t>2021-02-12 10:57:11</t>
   </si>