--- v0 (2025-10-31)
+++ v1 (2026-02-03)
@@ -455,51 +455,51 @@
   <si>
     <t xml:space="preserve"> Sukhdev </t>
   </si>
   <si>
     <t xml:space="preserve">Divyansh Bhardwaj </t>
   </si>
   <si>
     <t>Amit Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-02/1613357938832.pdf</t>
   </si>
   <si>
     <t>2021-02-15 08:28:58</t>
   </si>
   <si>
     <t>2021-02-15 16:29:46</t>
   </si>
   <si>
     <t xml:space="preserve">Khushi Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Chaman Lal </t>
   </si>
   <si>
-    <t xml:space="preserve">Rishik </t>
+    <t xml:space="preserve">Rishik Thakur </t>
   </si>
   <si>
     <t>Arun Thakur</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-02/1613357010356.pdf</t>
   </si>
   <si>
     <t>2021-02-15 08:13:30</t>
   </si>
   <si>
     <t>2021-02-15 16:37:53</t>
   </si>
   <si>
     <t xml:space="preserve">Shivam Chandel </t>
   </si>
   <si>
     <t>Manoj Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">Aditya </t>
   </si>
   <si>
     <t>Kamlesh Kumar</t>
   </si>