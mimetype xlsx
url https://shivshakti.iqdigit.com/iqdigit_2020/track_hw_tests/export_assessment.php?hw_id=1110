--- v0 (2025-10-31)
+++ v1 (2025-12-18)
@@ -521,51 +521,51 @@
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-02/1614403547395.pdf</t>
   </si>
   <si>
     <t>2021-02-27 10:55:47</t>
   </si>
   <si>
     <t>2021-03-04 15:17:08</t>
   </si>
   <si>
     <t xml:space="preserve">Khushi Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Chaman Lal </t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-02/1614400129857.pdf</t>
   </si>
   <si>
     <t>2021-02-27 09:58:49</t>
   </si>
   <si>
     <t>2021-03-04 15:16:47</t>
   </si>
   <si>
-    <t xml:space="preserve">Rishik </t>
+    <t xml:space="preserve">Rishik Thakur </t>
   </si>
   <si>
     <t>Arun Thakur</t>
   </si>
   <si>
     <t>submitted</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-03/1615182619460.pdf</t>
   </si>
   <si>
     <t>2021-03-08 11:20:19</t>
   </si>
   <si>
     <t>2021-03-04 15:15:13</t>
   </si>
   <si>
     <t xml:space="preserve">Shivam Chandel </t>
   </si>
   <si>
     <t>Manoj Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">Aditya </t>
   </si>