--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -449,51 +449,51 @@
   <si>
     <t xml:space="preserve">Divyansh Bhardwaj </t>
   </si>
   <si>
     <t>Amit Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-03/1615619275826.pdf</t>
   </si>
   <si>
     <t>2021-03-13 12:37:55</t>
   </si>
   <si>
     <t xml:space="preserve">Khushi Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Chaman Lal </t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-03/1615615330899.pdf</t>
   </si>
   <si>
     <t>2021-03-13 11:32:10</t>
   </si>
   <si>
-    <t xml:space="preserve">Rishik </t>
+    <t xml:space="preserve">Rishik Thakur </t>
   </si>
   <si>
     <t>Arun Thakur</t>
   </si>
   <si>
     <t xml:space="preserve">Shivam Chandel </t>
   </si>
   <si>
     <t>Manoj Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-03/1615620817570.pdf</t>
   </si>
   <si>
     <t>2021-03-13 13:03:37</t>
   </si>
   <si>
     <t xml:space="preserve">Aditya </t>
   </si>
   <si>
     <t>Kamlesh Kumar</t>
   </si>
 </sst>
 </file>
 