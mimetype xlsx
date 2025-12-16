--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -443,51 +443,51 @@
   <si>
     <t xml:space="preserve">Divyansh Bhardwaj </t>
   </si>
   <si>
     <t>Amit Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-03/1616049218131.pdf</t>
   </si>
   <si>
     <t>2021-03-18 12:03:38</t>
   </si>
   <si>
     <t xml:space="preserve">Khushi Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Chaman Lal </t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-03/1616049214259.pdf</t>
   </si>
   <si>
     <t>2021-03-18 12:03:34</t>
   </si>
   <si>
-    <t xml:space="preserve">Rishik </t>
+    <t xml:space="preserve">Rishik Thakur </t>
   </si>
   <si>
     <t>Arun Thakur</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-03/1616050345643.pdf</t>
   </si>
   <si>
     <t>2021-03-18 12:22:25</t>
   </si>
   <si>
     <t xml:space="preserve">Shivam Chandel </t>
   </si>
   <si>
     <t>Manoj Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-03/1616053552570.pdf</t>
   </si>
   <si>
     <t>2021-03-18 13:15:52</t>
   </si>
   <si>
     <t xml:space="preserve">Aditya </t>
   </si>