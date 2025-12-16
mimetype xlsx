--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -419,51 +419,51 @@
   <si>
     <t xml:space="preserve">Divyansh Bhardwaj </t>
   </si>
   <si>
     <t>Amit Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-03/1616394449641.pdf</t>
   </si>
   <si>
     <t>2021-03-22 11:57:29</t>
   </si>
   <si>
     <t xml:space="preserve">Khushi Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Chaman Lal </t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-03/1616390867063.pdf</t>
   </si>
   <si>
     <t>2021-03-22 10:57:47</t>
   </si>
   <si>
-    <t xml:space="preserve">Rishik </t>
+    <t xml:space="preserve">Rishik Thakur </t>
   </si>
   <si>
     <t>Arun Thakur</t>
   </si>
   <si>
     <t xml:space="preserve">Shivam Chandel </t>
   </si>
   <si>
     <t>Manoj Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-03/1616398172549.pdf</t>
   </si>
   <si>
     <t>2021-03-22 12:59:32</t>
   </si>
   <si>
     <t xml:space="preserve">Aditya </t>
   </si>
   <si>
     <t>Kamlesh Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-03/1616397989913.pdf</t>
   </si>