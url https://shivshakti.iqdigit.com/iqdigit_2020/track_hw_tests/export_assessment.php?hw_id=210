--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -557,51 +557,51 @@
   <si>
     <t>2020-09-11 15:19:41</t>
   </si>
   <si>
     <t>2020-09-11 15:57:41</t>
   </si>
   <si>
     <t xml:space="preserve">Divyansh Bhardwaj </t>
   </si>
   <si>
     <t>Amit Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">Khushi Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Chaman Lal </t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-09/1600499162962.pdf</t>
   </si>
   <si>
     <t>2020-09-19 12:36:02</t>
   </si>
   <si>
-    <t xml:space="preserve">Rishik </t>
+    <t xml:space="preserve">Rishik Thakur </t>
   </si>
   <si>
     <t>Arun Thakur</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-09/1599810410128.pdf</t>
   </si>
   <si>
     <t>2020-09-11 13:16:50</t>
   </si>
   <si>
     <t>2020-09-11 15:43:31</t>
   </si>
   <si>
     <t xml:space="preserve">Shivam Chandel </t>
   </si>
   <si>
     <t>Manoj Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-09/1600327580894.pdf</t>
   </si>
   <si>
     <t>2020-09-17 12:56:20</t>
   </si>