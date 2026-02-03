--- v0 (2025-11-05)
+++ v1 (2026-02-03)
@@ -467,51 +467,51 @@
   <si>
     <t xml:space="preserve">Divyansh Bhardwaj </t>
   </si>
   <si>
     <t>Amit Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-09/1600677331582.pdf</t>
   </si>
   <si>
     <t>2020-09-21 14:05:31</t>
   </si>
   <si>
     <t xml:space="preserve">Khushi Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Chaman Lal </t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-09/1600674193079.pdf</t>
   </si>
   <si>
     <t>2020-09-21 13:13:13</t>
   </si>
   <si>
-    <t xml:space="preserve">Rishik </t>
+    <t xml:space="preserve">Rishik Thakur </t>
   </si>
   <si>
     <t>Arun Thakur</t>
   </si>
   <si>
     <t xml:space="preserve">Shivam Chandel </t>
   </si>
   <si>
     <t>Manoj Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-09/1600678235163.pdf</t>
   </si>
   <si>
     <t>2020-09-21 14:20:35</t>
   </si>
   <si>
     <t xml:space="preserve">Aditya </t>
   </si>
   <si>
     <t>Kamlesh Kumar</t>
   </si>
 </sst>
 </file>
 