--- v0 (2025-10-31)
+++ v1 (2025-12-18)
@@ -461,51 +461,51 @@
   <si>
     <t xml:space="preserve">Mitali </t>
   </si>
   <si>
     <t xml:space="preserve"> Sukhdev </t>
   </si>
   <si>
     <t xml:space="preserve">Divyansh Bhardwaj </t>
   </si>
   <si>
     <t>Amit Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">Khushi Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Chaman Lal </t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-09/1600932603303.pdf</t>
   </si>
   <si>
     <t>2020-09-24 13:00:03</t>
   </si>
   <si>
-    <t xml:space="preserve">Rishik </t>
+    <t xml:space="preserve">Rishik Thakur </t>
   </si>
   <si>
     <t>Arun Thakur</t>
   </si>
   <si>
     <t xml:space="preserve">Shivam Chandel </t>
   </si>
   <si>
     <t>Manoj Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-09/1600940062927.pdf</t>
   </si>
   <si>
     <t>2020-09-24 15:04:22</t>
   </si>
   <si>
     <t xml:space="preserve">Aditya </t>
   </si>
   <si>
     <t>Kamlesh Kumar</t>
   </si>
 </sst>
 </file>
 