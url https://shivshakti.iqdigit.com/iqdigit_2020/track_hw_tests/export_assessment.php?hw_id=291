--- v0 (2025-10-31)
+++ v1 (2026-03-21)
@@ -65,51 +65,51 @@
   <si>
     <t>Max</t>
   </si>
   <si>
     <t>Score</t>
   </si>
   <si>
     <t>Ans-sheet</t>
   </si>
   <si>
     <t>created-at</t>
   </si>
   <si>
     <t>submitted_at</t>
   </si>
   <si>
     <t>Checked-at</t>
   </si>
   <si>
     <t>Remarks</t>
   </si>
   <si>
     <t xml:space="preserve">Maya Rani </t>
   </si>
   <si>
-    <t>8TH-A</t>
+    <t>8TH-L</t>
   </si>
   <si>
     <t>ENGLISH</t>
   </si>
   <si>
     <t xml:space="preserve">Om Nadda </t>
   </si>
   <si>
     <t xml:space="preserve">Rakesh Kumar Nadda </t>
   </si>
   <si>
     <t>submitted</t>
   </si>
   <si>
     <t>Marks</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-09/1601007881683.pdf</t>
   </si>
   <si>
     <t>2020-09-25 08:17:37</t>
   </si>
   <si>
     <t>2020-09-25 09:54:41</t>
   </si>