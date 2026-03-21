--- v0 (2025-10-31)
+++ v1 (2026-03-21)
@@ -65,51 +65,51 @@
   <si>
     <t>Max</t>
   </si>
   <si>
     <t>Score</t>
   </si>
   <si>
     <t>Ans-sheet</t>
   </si>
   <si>
     <t>created-at</t>
   </si>
   <si>
     <t>submitted_at</t>
   </si>
   <si>
     <t>Checked-at</t>
   </si>
   <si>
     <t>Remarks</t>
   </si>
   <si>
     <t xml:space="preserve">Mrs. Kanchan </t>
   </si>
   <si>
-    <t>8TH-A</t>
+    <t>8TH-L</t>
   </si>
   <si>
     <t>ENGLISH</t>
   </si>
   <si>
     <t xml:space="preserve">Om Nadda </t>
   </si>
   <si>
     <t xml:space="preserve">Rakesh Kumar Nadda </t>
   </si>
   <si>
     <t>submitted</t>
   </si>
   <si>
     <t>Marks</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-09/1601096016172.pdf</t>
   </si>
   <si>
     <t>2020-09-25 20:34:18</t>
   </si>
   <si>
     <t>2020-09-26 10:23:36</t>
   </si>