--- v0 (2025-10-31)
+++ v1 (2025-12-18)
@@ -419,51 +419,51 @@
   <si>
     <t xml:space="preserve"> Sukhdev </t>
   </si>
   <si>
     <t xml:space="preserve">Divyansh Bhardwaj </t>
   </si>
   <si>
     <t>Amit Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-10/1602736634865.pdf</t>
   </si>
   <si>
     <t>2020-10-15 10:07:14</t>
   </si>
   <si>
     <t>2020-10-16 14:46:26</t>
   </si>
   <si>
     <t xml:space="preserve">Khushi Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Chaman Lal </t>
   </si>
   <si>
-    <t xml:space="preserve">Rishik </t>
+    <t xml:space="preserve">Rishik Thakur </t>
   </si>
   <si>
     <t>Arun Thakur</t>
   </si>
   <si>
     <t xml:space="preserve">Shivam Chandel </t>
   </si>
   <si>
     <t>Manoj Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-10/1602736964762.pdf</t>
   </si>
   <si>
     <t>2020-10-15 10:12:44</t>
   </si>
   <si>
     <t>2020-10-16 14:45:16</t>
   </si>
   <si>
     <t xml:space="preserve">Aditya </t>
   </si>
   <si>
     <t>Kamlesh Kumar</t>
   </si>