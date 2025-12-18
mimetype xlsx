--- v0 (2025-10-31)
+++ v1 (2025-12-18)
@@ -443,51 +443,51 @@
   <si>
     <t xml:space="preserve">Anjel </t>
   </si>
   <si>
     <t>Sarbjeet Singh</t>
   </si>
   <si>
     <t xml:space="preserve">Mitali </t>
   </si>
   <si>
     <t xml:space="preserve"> Sukhdev </t>
   </si>
   <si>
     <t xml:space="preserve">Divyansh Bhardwaj </t>
   </si>
   <si>
     <t>Amit Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">Khushi Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Chaman Lal </t>
   </si>
   <si>
-    <t xml:space="preserve">Rishik </t>
+    <t xml:space="preserve">Rishik Thakur </t>
   </si>
   <si>
     <t>Arun Thakur</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-10/1603188054177.pdf</t>
   </si>
   <si>
     <t>2020-10-20 15:30:54</t>
   </si>
   <si>
     <t>2020-10-21 06:04:55</t>
   </si>
   <si>
     <t xml:space="preserve">Shivam Chandel </t>
   </si>
   <si>
     <t>Manoj Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">Aditya </t>
   </si>
   <si>
     <t>Kamlesh Kumar</t>
   </si>