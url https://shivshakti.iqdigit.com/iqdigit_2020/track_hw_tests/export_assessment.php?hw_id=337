--- v0 (2025-10-30)
+++ v1 (2026-02-03)
@@ -500,51 +500,51 @@
   <si>
     <t xml:space="preserve"> Sukhdev </t>
   </si>
   <si>
     <t xml:space="preserve">Divyansh Bhardwaj </t>
   </si>
   <si>
     <t>Amit Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-10/1603792572753.pdf</t>
   </si>
   <si>
     <t>2020-10-27 15:26:12</t>
   </si>
   <si>
     <t>2020-10-29 16:43:04</t>
   </si>
   <si>
     <t xml:space="preserve">Khushi Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Chaman Lal </t>
   </si>
   <si>
-    <t xml:space="preserve">Rishik </t>
+    <t xml:space="preserve">Rishik Thakur </t>
   </si>
   <si>
     <t>Arun Thakur</t>
   </si>
   <si>
     <t xml:space="preserve">Shivam Chandel </t>
   </si>
   <si>
     <t>Manoj Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-10/1603947224600.pdf</t>
   </si>
   <si>
     <t>2020-10-29 10:23:44</t>
   </si>
   <si>
     <t>2020-10-29 16:42:15</t>
   </si>
   <si>
     <t xml:space="preserve">Aditya </t>
   </si>
   <si>
     <t>Kamlesh Kumar</t>
   </si>