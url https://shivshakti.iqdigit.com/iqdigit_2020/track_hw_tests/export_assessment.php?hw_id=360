--- v0 (2025-12-18)
+++ v1 (2026-03-21)
@@ -86,231 +86,231 @@
   <si>
     <t xml:space="preserve">JYOTI </t>
   </si>
   <si>
     <t>6TH-R</t>
   </si>
   <si>
     <t>ENGLISH</t>
   </si>
   <si>
     <t xml:space="preserve">Pradyuman </t>
   </si>
   <si>
     <t>Rajesh Kumar</t>
   </si>
   <si>
     <t>pending</t>
   </si>
   <si>
     <t>Marks</t>
   </si>
   <si>
     <t>2020-10-31 13:58:38</t>
   </si>
   <si>
+    <t xml:space="preserve">Anmol Rao </t>
+  </si>
+  <si>
+    <t>SUNIL KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dhruv Chauhan </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rajesh Kumar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aarif Khan </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Imran Khan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aryan </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sh. Raj Kumar </t>
+  </si>
+  <si>
     <t xml:space="preserve">Harsh Dhatwalia </t>
   </si>
   <si>
     <t>Kishori Lal</t>
   </si>
   <si>
-    <t xml:space="preserve">Anmol Rao </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">Harsh Bhardwaj </t>
   </si>
   <si>
     <t xml:space="preserve">Rajeev Kumar </t>
   </si>
   <si>
+    <t xml:space="preserve">Anika Parmar </t>
+  </si>
+  <si>
+    <t>Mukesh Kumar</t>
+  </si>
+  <si>
     <t xml:space="preserve">Divanshu Choudhary </t>
   </si>
   <si>
     <t xml:space="preserve"> Balbir Singh</t>
   </si>
   <si>
     <t>submitted</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-10/1604134523726.pdf</t>
   </si>
   <si>
     <t>2020-10-31 14:25:23</t>
   </si>
   <si>
-    <t xml:space="preserve">Aarif Khan </t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">Aakriti Dhatwalia </t>
   </si>
   <si>
     <t>Ashok Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-10/1604133877971.pdf</t>
   </si>
   <si>
     <t>2020-10-31 14:14:37</t>
   </si>
   <si>
+    <t xml:space="preserve">Yashvi </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Baldev Raj </t>
+  </si>
+  <si>
+    <t xml:space="preserve">VINAY KUMAR AHITAN </t>
+  </si>
+  <si>
+    <t>DHYAN CHAND</t>
+  </si>
+  <si>
+    <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-10/1604133873192.pdf</t>
+  </si>
+  <si>
+    <t>2020-10-31 14:14:33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saghun Sonkhla </t>
+  </si>
+  <si>
+    <t>Surinder  Singh Sonkhla</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shreya Tanzal </t>
+  </si>
+  <si>
+    <t>Tarsem Singh</t>
+  </si>
+  <si>
+    <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-10/1604133915673.pdf</t>
+  </si>
+  <si>
+    <t>2020-10-31 14:15:15</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shreya Sharma </t>
+  </si>
+  <si>
+    <t>Suman Kumar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Anshuman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sh.Rupender Kumar </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kashish </t>
+  </si>
+  <si>
+    <t>Baldev Chand</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Parul Mahajan </t>
+  </si>
+  <si>
+    <t>Sh. Sukh Dev Kumar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHIVAM </t>
+  </si>
+  <si>
+    <t>Yogesh Kumar</t>
+  </si>
+  <si>
+    <t>Sahaj Rao</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rishu Kumar </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Adarsh Thakur </t>
+  </si>
+  <si>
+    <t>Vikash Thakur</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ridhima </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sanjeev Kumar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nandini Tanzal </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Rakesh Kumar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vighnesh  Sharma </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Kewal  Chand</t>
+  </si>
+  <si>
+    <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-10/1604134106223.pdf</t>
+  </si>
+  <si>
+    <t>2020-10-31 14:18:26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shaurya sharma </t>
+  </si>
+  <si>
+    <t>Bharat Bhushan</t>
+  </si>
+  <si>
     <t xml:space="preserve">Abhimanyu Manhas </t>
   </si>
   <si>
     <t xml:space="preserve"> Balwant Singh</t>
-  </si>
-[...106 lines deleted...]
-    <t>Bharat Bhushan</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -728,51 +728,51 @@
       <c r="L2"/>
       <c r="M2" t="s">
         <v>23</v>
       </c>
       <c r="N2"/>
       <c r="O2"/>
       <c r="P2"/>
     </row>
     <row r="3" spans="1:16">
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>25</v>
       </c>
       <c r="G3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
       <c r="I3" t="s">
         <v>22</v>
       </c>
       <c r="J3">
         <v>25</v>
       </c>
       <c r="K3"/>
       <c r="L3"/>
       <c r="M3" t="s">
         <v>23</v>
       </c>
       <c r="N3"/>
       <c r="O3"/>
       <c r="P3"/>
     </row>
     <row r="4" spans="1:16">
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
@@ -802,280 +802,280 @@
       <c r="L4"/>
       <c r="M4" t="s">
         <v>23</v>
       </c>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4"/>
     </row>
     <row r="5" spans="1:16">
       <c r="B5" t="s">
         <v>16</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
       <c r="E5" t="s">
         <v>28</v>
       </c>
       <c r="F5" t="s">
         <v>29</v>
       </c>
       <c r="G5">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H5" t="s">
         <v>21</v>
       </c>
       <c r="I5" t="s">
         <v>22</v>
       </c>
       <c r="J5">
         <v>25</v>
       </c>
       <c r="K5"/>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>23</v>
       </c>
       <c r="N5"/>
       <c r="O5"/>
       <c r="P5"/>
     </row>
     <row r="6" spans="1:16">
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s">
         <v>31</v>
       </c>
       <c r="G6">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H6" t="s">
         <v>21</v>
       </c>
       <c r="I6" t="s">
         <v>22</v>
       </c>
       <c r="J6">
         <v>25</v>
       </c>
       <c r="K6"/>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>23</v>
       </c>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6"/>
     </row>
     <row r="7" spans="1:16">
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7" t="s">
         <v>17</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>32</v>
       </c>
       <c r="F7" t="s">
         <v>33</v>
       </c>
       <c r="G7">
         <v>7</v>
       </c>
       <c r="H7" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="I7" t="s">
         <v>22</v>
       </c>
       <c r="J7">
         <v>25</v>
       </c>
       <c r="K7"/>
-      <c r="L7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
         <v>23</v>
       </c>
-      <c r="N7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N7"/>
       <c r="O7"/>
       <c r="P7"/>
     </row>
     <row r="8" spans="1:16">
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" t="s">
         <v>17</v>
       </c>
       <c r="D8" t="s">
         <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="F8" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="G8">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="H8" t="s">
         <v>21</v>
       </c>
       <c r="I8" t="s">
         <v>22</v>
       </c>
       <c r="J8">
         <v>25</v>
       </c>
       <c r="K8"/>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>23</v>
       </c>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8"/>
     </row>
     <row r="9" spans="1:16">
       <c r="B9" t="s">
         <v>16</v>
       </c>
       <c r="C9" t="s">
         <v>17</v>
       </c>
       <c r="D9" t="s">
         <v>18</v>
       </c>
       <c r="E9" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F9" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="G9">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="H9" t="s">
         <v>21</v>
       </c>
       <c r="I9" t="s">
         <v>22</v>
       </c>
       <c r="J9">
         <v>25</v>
       </c>
       <c r="K9"/>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>23</v>
       </c>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9"/>
     </row>
     <row r="10" spans="1:16">
       <c r="B10" t="s">
         <v>16</v>
       </c>
       <c r="C10" t="s">
         <v>17</v>
       </c>
       <c r="D10" t="s">
         <v>18</v>
       </c>
       <c r="E10" t="s">
+        <v>38</v>
+      </c>
+      <c r="F10" t="s">
+        <v>39</v>
+      </c>
+      <c r="G10">
+        <v>5</v>
+      </c>
+      <c r="H10" t="s">
+        <v>40</v>
+      </c>
+      <c r="I10" t="s">
+        <v>22</v>
+      </c>
+      <c r="J10">
+        <v>25</v>
+      </c>
+      <c r="K10"/>
+      <c r="L10" t="s">
         <v>41</v>
       </c>
-      <c r="F10" t="s">
+      <c r="M10" t="s">
+        <v>23</v>
+      </c>
+      <c r="N10" t="s">
         <v>42</v>
       </c>
-      <c r="G10">
-[...16 lines deleted...]
-      <c r="N10"/>
       <c r="O10"/>
       <c r="P10"/>
     </row>
     <row r="11" spans="1:16">
       <c r="B11" t="s">
         <v>16</v>
       </c>
       <c r="C11" t="s">
         <v>17</v>
       </c>
       <c r="D11" t="s">
         <v>18</v>
       </c>
       <c r="E11" t="s">
         <v>43</v>
       </c>
       <c r="F11" t="s">
         <v>44</v>
       </c>
       <c r="G11">
         <v>3</v>
       </c>
       <c r="H11" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="I11" t="s">
         <v>22</v>
       </c>
       <c r="J11">
         <v>25</v>
       </c>
       <c r="K11"/>
       <c r="L11" t="s">
         <v>45</v>
       </c>
       <c r="M11" t="s">
         <v>23</v>
       </c>
       <c r="N11" t="s">
         <v>46</v>
       </c>
       <c r="O11"/>
       <c r="P11"/>
     </row>
     <row r="12" spans="1:16">
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12" t="s">
@@ -1109,51 +1109,51 @@
       </c>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12"/>
     </row>
     <row r="13" spans="1:16">
       <c r="B13" t="s">
         <v>16</v>
       </c>
       <c r="C13" t="s">
         <v>17</v>
       </c>
       <c r="D13" t="s">
         <v>18</v>
       </c>
       <c r="E13" t="s">
         <v>49</v>
       </c>
       <c r="F13" t="s">
         <v>50</v>
       </c>
       <c r="G13">
         <v>26</v>
       </c>
       <c r="H13" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="I13" t="s">
         <v>22</v>
       </c>
       <c r="J13">
         <v>25</v>
       </c>
       <c r="K13"/>
       <c r="L13" t="s">
         <v>51</v>
       </c>
       <c r="M13" t="s">
         <v>23</v>
       </c>
       <c r="N13" t="s">
         <v>52</v>
       </c>
       <c r="O13"/>
       <c r="P13"/>
     </row>
     <row r="14" spans="1:16">
       <c r="B14" t="s">
         <v>16</v>
       </c>
       <c r="C14" t="s">
@@ -1184,277 +1184,277 @@
       <c r="L14"/>
       <c r="M14" t="s">
         <v>23</v>
       </c>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14"/>
     </row>
     <row r="15" spans="1:16">
       <c r="B15" t="s">
         <v>16</v>
       </c>
       <c r="C15" t="s">
         <v>17</v>
       </c>
       <c r="D15" t="s">
         <v>18</v>
       </c>
       <c r="E15" t="s">
         <v>55</v>
       </c>
       <c r="F15" t="s">
         <v>56</v>
       </c>
       <c r="G15">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H15" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="I15" t="s">
         <v>22</v>
       </c>
       <c r="J15">
         <v>25</v>
       </c>
       <c r="K15"/>
-      <c r="L15"/>
+      <c r="L15" t="s">
+        <v>57</v>
+      </c>
       <c r="M15" t="s">
         <v>23</v>
       </c>
-      <c r="N15"/>
+      <c r="N15" t="s">
+        <v>58</v>
+      </c>
       <c r="O15"/>
       <c r="P15"/>
     </row>
     <row r="16" spans="1:16">
       <c r="B16" t="s">
         <v>16</v>
       </c>
       <c r="C16" t="s">
         <v>17</v>
       </c>
       <c r="D16" t="s">
         <v>18</v>
       </c>
       <c r="E16" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F16" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="G16">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H16" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="I16" t="s">
         <v>22</v>
       </c>
       <c r="J16">
         <v>25</v>
       </c>
       <c r="K16"/>
-      <c r="L16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
         <v>23</v>
       </c>
-      <c r="N16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N16"/>
       <c r="O16"/>
       <c r="P16"/>
     </row>
     <row r="17" spans="1:16">
       <c r="B17" t="s">
         <v>16</v>
       </c>
       <c r="C17" t="s">
         <v>17</v>
       </c>
       <c r="D17" t="s">
         <v>18</v>
       </c>
       <c r="E17" t="s">
         <v>61</v>
       </c>
       <c r="F17" t="s">
         <v>62</v>
       </c>
       <c r="G17">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="H17" t="s">
         <v>21</v>
       </c>
       <c r="I17" t="s">
         <v>22</v>
       </c>
       <c r="J17">
         <v>25</v>
       </c>
       <c r="K17"/>
       <c r="L17"/>
       <c r="M17" t="s">
         <v>23</v>
       </c>
       <c r="N17"/>
       <c r="O17"/>
       <c r="P17"/>
     </row>
     <row r="18" spans="1:16">
       <c r="B18" t="s">
         <v>16</v>
       </c>
       <c r="C18" t="s">
         <v>17</v>
       </c>
       <c r="D18" t="s">
         <v>18</v>
       </c>
       <c r="E18" t="s">
         <v>63</v>
       </c>
       <c r="F18" t="s">
         <v>64</v>
       </c>
       <c r="G18">
-        <v>2</v>
+        <v>19</v>
       </c>
       <c r="H18" t="s">
         <v>21</v>
       </c>
       <c r="I18" t="s">
         <v>22</v>
       </c>
       <c r="J18">
         <v>25</v>
       </c>
       <c r="K18"/>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>23</v>
       </c>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18"/>
     </row>
     <row r="19" spans="1:16">
       <c r="B19" t="s">
         <v>16</v>
       </c>
       <c r="C19" t="s">
         <v>17</v>
       </c>
       <c r="D19" t="s">
         <v>18</v>
       </c>
       <c r="E19" t="s">
         <v>65</v>
       </c>
       <c r="F19" t="s">
         <v>66</v>
       </c>
       <c r="G19">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="H19" t="s">
         <v>21</v>
       </c>
       <c r="I19" t="s">
         <v>22</v>
       </c>
       <c r="J19">
         <v>25</v>
       </c>
       <c r="K19"/>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>23</v>
       </c>
       <c r="N19"/>
       <c r="O19"/>
       <c r="P19"/>
     </row>
     <row r="20" spans="1:16">
       <c r="B20" t="s">
         <v>16</v>
       </c>
       <c r="C20" t="s">
         <v>17</v>
       </c>
       <c r="D20" t="s">
         <v>18</v>
       </c>
       <c r="E20" t="s">
         <v>67</v>
       </c>
       <c r="F20" t="s">
         <v>68</v>
       </c>
       <c r="G20">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="H20" t="s">
         <v>21</v>
       </c>
       <c r="I20" t="s">
         <v>22</v>
       </c>
       <c r="J20">
         <v>25</v>
       </c>
       <c r="K20"/>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>23</v>
       </c>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20"/>
     </row>
     <row r="21" spans="1:16">
       <c r="B21" t="s">
         <v>16</v>
       </c>
       <c r="C21" t="s">
         <v>17</v>
       </c>
       <c r="D21" t="s">
         <v>18</v>
       </c>
       <c r="E21" t="s">
         <v>69</v>
       </c>
       <c r="F21" t="s">
         <v>70</v>
       </c>
       <c r="G21">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H21" t="s">
         <v>21</v>
       </c>
       <c r="I21" t="s">
         <v>22</v>
       </c>
       <c r="J21">
         <v>25</v>
       </c>
       <c r="K21"/>
       <c r="L21"/>
       <c r="M21" t="s">
         <v>23</v>
       </c>
       <c r="N21"/>
       <c r="O21"/>
       <c r="P21"/>
     </row>
     <row r="22" spans="1:16">
       <c r="B22" t="s">
         <v>16</v>
       </c>
       <c r="C22" t="s">
         <v>17</v>
@@ -1484,203 +1484,203 @@
       <c r="L22"/>
       <c r="M22" t="s">
         <v>23</v>
       </c>
       <c r="N22"/>
       <c r="O22"/>
       <c r="P22"/>
     </row>
     <row r="23" spans="1:16">
       <c r="B23" t="s">
         <v>16</v>
       </c>
       <c r="C23" t="s">
         <v>17</v>
       </c>
       <c r="D23" t="s">
         <v>18</v>
       </c>
       <c r="E23" t="s">
         <v>73</v>
       </c>
       <c r="F23" t="s">
         <v>74</v>
       </c>
       <c r="G23">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="H23" t="s">
         <v>21</v>
       </c>
       <c r="I23" t="s">
         <v>22</v>
       </c>
       <c r="J23">
         <v>25</v>
       </c>
       <c r="K23"/>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>23</v>
       </c>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23"/>
     </row>
     <row r="24" spans="1:16">
       <c r="B24" t="s">
         <v>16</v>
       </c>
       <c r="C24" t="s">
         <v>17</v>
       </c>
       <c r="D24" t="s">
         <v>18</v>
       </c>
       <c r="E24" t="s">
         <v>75</v>
       </c>
       <c r="F24" t="s">
         <v>76</v>
       </c>
       <c r="G24">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="H24" t="s">
         <v>21</v>
       </c>
       <c r="I24" t="s">
         <v>22</v>
       </c>
       <c r="J24">
         <v>25</v>
       </c>
       <c r="K24"/>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>23</v>
       </c>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24"/>
     </row>
     <row r="25" spans="1:16">
       <c r="B25" t="s">
         <v>16</v>
       </c>
       <c r="C25" t="s">
         <v>17</v>
       </c>
       <c r="D25" t="s">
         <v>18</v>
       </c>
       <c r="E25" t="s">
         <v>77</v>
       </c>
       <c r="F25" t="s">
         <v>78</v>
       </c>
       <c r="G25">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="H25" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="I25" t="s">
         <v>22</v>
       </c>
       <c r="J25">
         <v>25</v>
       </c>
       <c r="K25"/>
-      <c r="L25"/>
+      <c r="L25" t="s">
+        <v>79</v>
+      </c>
       <c r="M25" t="s">
         <v>23</v>
       </c>
-      <c r="N25"/>
+      <c r="N25" t="s">
+        <v>80</v>
+      </c>
       <c r="O25"/>
       <c r="P25"/>
     </row>
     <row r="26" spans="1:16">
       <c r="B26" t="s">
         <v>16</v>
       </c>
       <c r="C26" t="s">
         <v>17</v>
       </c>
       <c r="D26" t="s">
         <v>18</v>
       </c>
       <c r="E26" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="F26" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="G26">
         <v>10</v>
       </c>
       <c r="H26" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="I26" t="s">
         <v>22</v>
       </c>
       <c r="J26">
         <v>25</v>
       </c>
       <c r="K26"/>
-      <c r="L26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
         <v>23</v>
       </c>
-      <c r="N26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N26"/>
       <c r="O26"/>
       <c r="P26"/>
     </row>
     <row r="27" spans="1:16">
       <c r="B27" t="s">
         <v>16</v>
       </c>
       <c r="C27" t="s">
         <v>17</v>
       </c>
       <c r="D27" t="s">
         <v>18</v>
       </c>
       <c r="E27" t="s">
         <v>83</v>
       </c>
       <c r="F27" t="s">
         <v>84</v>
       </c>
       <c r="G27">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H27" t="s">
         <v>21</v>
       </c>
       <c r="I27" t="s">
         <v>22</v>
       </c>
       <c r="J27">
         <v>25</v>
       </c>
       <c r="K27"/>
       <c r="L27"/>
       <c r="M27" t="s">
         <v>23</v>
       </c>
       <c r="N27"/>
       <c r="O27"/>
       <c r="P27"/>
     </row>
     <row r="28" spans="1:16">
       <c r="B28" t="s">
         <v>16</v>
       </c>
       <c r="C28" t="s">
         <v>17</v>