--- v0 (2025-11-04)
+++ v1 (2026-03-21)
@@ -86,363 +86,363 @@
   <si>
     <t xml:space="preserve">Maya Rani </t>
   </si>
   <si>
     <t>2ND- L</t>
   </si>
   <si>
     <t>SCIENCE</t>
   </si>
   <si>
     <t xml:space="preserve">Akshit Chauhan </t>
   </si>
   <si>
     <t>Sh. Vinod Chauhan</t>
   </si>
   <si>
     <t>pending</t>
   </si>
   <si>
     <t>Marks</t>
   </si>
   <si>
     <t>2020-11-21 14:58:06</t>
   </si>
   <si>
+    <t xml:space="preserve">Harshal Sharma </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sh. Bishambhar Dass </t>
+  </si>
+  <si>
+    <t>2020-11-21 14:58:05</t>
+  </si>
+  <si>
     <t xml:space="preserve">Avidan </t>
   </si>
   <si>
     <t>Braham Dutt</t>
   </si>
   <si>
+    <t xml:space="preserve">ARNAV PATYAL </t>
+  </si>
+  <si>
+    <t>ASHWANI KUMAR</t>
+  </si>
+  <si>
+    <t>checked</t>
+  </si>
+  <si>
+    <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-11/1605952937099.pdf</t>
+  </si>
+  <si>
+    <t>2020-11-21 15:32:17</t>
+  </si>
+  <si>
+    <t>2020-11-22 16:14:45</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Excellent </t>
+  </si>
+  <si>
     <t xml:space="preserve">Axh Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Sh.Kuldeep Chand </t>
   </si>
   <si>
-    <t xml:space="preserve">ARNAV PATYAL </t>
-[...19 lines deleted...]
-  <si>
     <t xml:space="preserve">Anshuman </t>
   </si>
   <si>
     <t>Somnath</t>
   </si>
   <si>
     <t xml:space="preserve">Zainab Iqwal </t>
   </si>
   <si>
     <t>Sh. Javed Iqwal</t>
   </si>
   <si>
     <t xml:space="preserve">Anmol Sankhyan </t>
   </si>
   <si>
     <t>Virender Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">YUVIKA </t>
   </si>
   <si>
     <t>VISHAL SHARMA</t>
   </si>
   <si>
     <t xml:space="preserve">Adhyansh Kashyap </t>
   </si>
   <si>
     <t>Sh. Manoj  kumar</t>
   </si>
   <si>
-    <t>2020-11-21 14:58:05</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Amritansh Sharma </t>
   </si>
   <si>
     <t>Arun Sharma</t>
   </si>
   <si>
     <t xml:space="preserve">Shivani </t>
   </si>
   <si>
     <t xml:space="preserve"> Sh. Vinod Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">Vanshika Kumari </t>
   </si>
   <si>
     <t xml:space="preserve">Vipan Kumar </t>
   </si>
   <si>
+    <t xml:space="preserve">AARAV GARG </t>
+  </si>
+  <si>
+    <t>RAJESH KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ananya Sharma </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sh. Amin Chand </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vedika Sharma </t>
+  </si>
+  <si>
+    <t>Sh. Vinod Kumar Sharma</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aryan Rana </t>
+  </si>
+  <si>
+    <t>Sh. Onkar Chand</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yuvraj Singh </t>
+  </si>
+  <si>
+    <t>Narender Singh</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vartika </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sh. Rakesh   Kumar </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Husan Kumar </t>
+  </si>
+  <si>
+    <t>Sh. Nand Lal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dikshant Prasher </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sh. Satyabir </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Suryanshi Dhiman </t>
+  </si>
+  <si>
+    <t>Sh. Suneel Kumar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shivansh Sharma </t>
+  </si>
+  <si>
+    <t>Sh. Suresh Kumar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Khushbu Dhiman </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sh. Suresh Kumar </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shivansh </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sh Sanjeev Kumar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aaradhya </t>
+  </si>
+  <si>
+    <t>Sh.Deepak Kaushal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PRIYA  </t>
+  </si>
+  <si>
+    <t>SUNIL KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Harshit     Sharma </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sh. Rajiv  Kumar </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saurabh  Kumar </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sh Surjeet Singh</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shalvi Jamwal </t>
+  </si>
+  <si>
+    <t>Sh. Vijay Kumar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHAURYA THAKUR </t>
+  </si>
+  <si>
+    <t>SUSHIL KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHIVAM RAJPUT </t>
+  </si>
+  <si>
+    <t>ANIL KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Reyansh Rathore </t>
+  </si>
+  <si>
+    <t>Suresh Kumar</t>
+  </si>
+  <si>
+    <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-11/1605952513981.pdf</t>
+  </si>
+  <si>
+    <t>2020-11-21 15:25:13</t>
+  </si>
+  <si>
+    <t>2020-11-22 16:14:04</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pranjal Dhatwalia </t>
+  </si>
+  <si>
+    <t>Sh. Rajeev Kumar</t>
+  </si>
+  <si>
+    <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-11/1605952376439.pdf</t>
+  </si>
+  <si>
+    <t>2020-11-21 15:22:56</t>
+  </si>
+  <si>
+    <t>2020-11-22 16:15:32</t>
+  </si>
+  <si>
+    <t xml:space="preserve">excellent </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shobhit Chauhan </t>
+  </si>
+  <si>
+    <t>Sh. Amit Kumar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arnav Chauhan </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Sh. Vivek Singh</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arnav Singh </t>
+  </si>
+  <si>
+    <t>Sh. Lakhbir Singh</t>
+  </si>
+  <si>
+    <t>submitted</t>
+  </si>
+  <si>
+    <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-02/1613629249665.pdf</t>
+  </si>
+  <si>
+    <t>2021-02-18 11:50:49</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Priyanshi </t>
+  </si>
+  <si>
+    <t>Praveen Kumar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KRISH </t>
+  </si>
+  <si>
+    <t>RAJINDER KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Anshita Jaswal </t>
+  </si>
+  <si>
+    <t>AJAY KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Priyansh Mahajan </t>
+  </si>
+  <si>
+    <t>Ashok Kumar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Khushi </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gouri </t>
+  </si>
+  <si>
+    <t>Sh.Balak Ram</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mridul Sharma </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sh. Manoj Kumar </t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHIVANSH JASWAL </t>
+  </si>
+  <si>
+    <t>RAVINDER PAUL</t>
+  </si>
+  <si>
     <t xml:space="preserve">Aarohi </t>
   </si>
   <si>
     <t xml:space="preserve"> Sh . Rakesh  Kumar</t>
-  </si>
-[...223 lines deleted...]
-    <t>Narender Singh</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -871,454 +871,454 @@
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>25</v>
       </c>
       <c r="G3">
         <v>8</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
       <c r="I3" t="s">
         <v>22</v>
       </c>
       <c r="J3">
         <v>12</v>
       </c>
       <c r="K3"/>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="N3"/>
       <c r="O3"/>
       <c r="P3"/>
     </row>
     <row r="4" spans="1:16">
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G4">
         <v>8</v>
       </c>
       <c r="H4" t="s">
         <v>21</v>
       </c>
       <c r="I4" t="s">
         <v>22</v>
       </c>
       <c r="J4">
         <v>12</v>
       </c>
       <c r="K4"/>
       <c r="L4"/>
       <c r="M4" t="s">
         <v>23</v>
       </c>
       <c r="N4"/>
       <c r="O4"/>
       <c r="P4"/>
     </row>
     <row r="5" spans="1:16">
       <c r="B5" t="s">
         <v>16</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
       <c r="E5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G5">
         <v>7</v>
       </c>
       <c r="H5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="I5" t="s">
         <v>22</v>
       </c>
       <c r="J5">
         <v>12</v>
       </c>
       <c r="K5">
         <v>12</v>
       </c>
       <c r="L5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="M5" t="s">
         <v>23</v>
       </c>
       <c r="N5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="O5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="P5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G6">
         <v>6</v>
       </c>
       <c r="H6" t="s">
         <v>21</v>
       </c>
       <c r="I6" t="s">
         <v>22</v>
       </c>
       <c r="J6">
         <v>12</v>
       </c>
       <c r="K6"/>
       <c r="L6"/>
       <c r="M6" t="s">
         <v>23</v>
       </c>
       <c r="N6"/>
       <c r="O6"/>
       <c r="P6"/>
     </row>
     <row r="7" spans="1:16">
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7" t="s">
         <v>17</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G7">
-        <v>45</v>
+        <v>6</v>
       </c>
       <c r="H7" t="s">
         <v>21</v>
       </c>
       <c r="I7" t="s">
         <v>22</v>
       </c>
       <c r="J7">
         <v>12</v>
       </c>
       <c r="K7"/>
       <c r="L7"/>
       <c r="M7" t="s">
         <v>23</v>
       </c>
       <c r="N7"/>
       <c r="O7"/>
       <c r="P7"/>
     </row>
     <row r="8" spans="1:16">
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" t="s">
         <v>17</v>
       </c>
       <c r="D8" t="s">
         <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F8" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G8">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="H8" t="s">
         <v>21</v>
       </c>
       <c r="I8" t="s">
         <v>22</v>
       </c>
       <c r="J8">
         <v>12</v>
       </c>
       <c r="K8"/>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>23</v>
       </c>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8"/>
     </row>
     <row r="9" spans="1:16">
       <c r="B9" t="s">
         <v>16</v>
       </c>
       <c r="C9" t="s">
         <v>17</v>
       </c>
       <c r="D9" t="s">
         <v>18</v>
       </c>
       <c r="E9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G9">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="H9" t="s">
         <v>21</v>
       </c>
       <c r="I9" t="s">
         <v>22</v>
       </c>
       <c r="J9">
         <v>12</v>
       </c>
       <c r="K9"/>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>23</v>
       </c>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9"/>
     </row>
     <row r="10" spans="1:16">
       <c r="B10" t="s">
         <v>16</v>
       </c>
       <c r="C10" t="s">
         <v>17</v>
       </c>
       <c r="D10" t="s">
         <v>18</v>
       </c>
       <c r="E10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F10" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G10">
-        <v>4</v>
+        <v>40</v>
       </c>
       <c r="H10" t="s">
         <v>21</v>
       </c>
       <c r="I10" t="s">
         <v>22</v>
       </c>
       <c r="J10">
         <v>12</v>
       </c>
       <c r="K10"/>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10"/>
     </row>
     <row r="11" spans="1:16">
       <c r="B11" t="s">
         <v>16</v>
       </c>
       <c r="C11" t="s">
         <v>17</v>
       </c>
       <c r="D11" t="s">
         <v>18</v>
       </c>
       <c r="E11" t="s">
         <v>46</v>
       </c>
       <c r="F11" t="s">
         <v>47</v>
       </c>
       <c r="G11">
         <v>4</v>
       </c>
       <c r="H11" t="s">
         <v>21</v>
       </c>
       <c r="I11" t="s">
         <v>22</v>
       </c>
       <c r="J11">
         <v>12</v>
       </c>
       <c r="K11"/>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11"/>
     </row>
     <row r="12" spans="1:16">
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12" t="s">
         <v>17</v>
       </c>
       <c r="D12" t="s">
         <v>18</v>
       </c>
       <c r="E12" t="s">
         <v>48</v>
       </c>
       <c r="F12" t="s">
         <v>49</v>
       </c>
       <c r="G12">
-        <v>31</v>
+        <v>4</v>
       </c>
       <c r="H12" t="s">
         <v>21</v>
       </c>
       <c r="I12" t="s">
         <v>22</v>
       </c>
       <c r="J12">
         <v>12</v>
       </c>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12"/>
     </row>
     <row r="13" spans="1:16">
       <c r="B13" t="s">
         <v>16</v>
       </c>
       <c r="C13" t="s">
         <v>17</v>
       </c>
       <c r="D13" t="s">
         <v>18</v>
       </c>
       <c r="E13" t="s">
         <v>50</v>
       </c>
       <c r="F13" t="s">
         <v>51</v>
       </c>
       <c r="G13">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H13" t="s">
         <v>21</v>
       </c>
       <c r="I13" t="s">
         <v>22</v>
       </c>
       <c r="J13">
         <v>12</v>
       </c>
       <c r="K13"/>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="N13"/>
       <c r="O13"/>
       <c r="P13"/>
     </row>
     <row r="14" spans="1:16">
       <c r="B14" t="s">
         <v>16</v>
       </c>
       <c r="C14" t="s">
         <v>17</v>
       </c>
       <c r="D14" t="s">
         <v>18</v>
       </c>
       <c r="E14" t="s">
         <v>52</v>
       </c>
       <c r="F14" t="s">
         <v>53</v>
       </c>
       <c r="G14">
-        <v>3</v>
+        <v>30</v>
       </c>
       <c r="H14" t="s">
         <v>21</v>
       </c>
       <c r="I14" t="s">
         <v>22</v>
       </c>
       <c r="J14">
         <v>12</v>
       </c>
       <c r="K14"/>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>23</v>
       </c>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14"/>
     </row>
     <row r="15" spans="1:16">
       <c r="B15" t="s">
         <v>16</v>
       </c>
       <c r="C15" t="s">
         <v>17</v>
@@ -1399,51 +1399,51 @@
       </c>
       <c r="D17" t="s">
         <v>18</v>
       </c>
       <c r="E17" t="s">
         <v>58</v>
       </c>
       <c r="F17" t="s">
         <v>59</v>
       </c>
       <c r="G17">
         <v>25</v>
       </c>
       <c r="H17" t="s">
         <v>21</v>
       </c>
       <c r="I17" t="s">
         <v>22</v>
       </c>
       <c r="J17">
         <v>12</v>
       </c>
       <c r="K17"/>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="N17"/>
       <c r="O17"/>
       <c r="P17"/>
     </row>
     <row r="18" spans="1:16">
       <c r="B18" t="s">
         <v>16</v>
       </c>
       <c r="C18" t="s">
         <v>17</v>
       </c>
       <c r="D18" t="s">
         <v>18</v>
       </c>
       <c r="E18" t="s">
         <v>60</v>
       </c>
       <c r="F18" t="s">
         <v>61</v>
       </c>
       <c r="G18">
         <v>25</v>
       </c>
       <c r="H18" t="s">
@@ -1459,1051 +1459,1051 @@
       <c r="L18"/>
       <c r="M18" t="s">
         <v>23</v>
       </c>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18"/>
     </row>
     <row r="19" spans="1:16">
       <c r="B19" t="s">
         <v>16</v>
       </c>
       <c r="C19" t="s">
         <v>17</v>
       </c>
       <c r="D19" t="s">
         <v>18</v>
       </c>
       <c r="E19" t="s">
         <v>62</v>
       </c>
       <c r="F19" t="s">
         <v>63</v>
       </c>
       <c r="G19">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H19" t="s">
         <v>21</v>
       </c>
       <c r="I19" t="s">
         <v>22</v>
       </c>
       <c r="J19">
         <v>12</v>
       </c>
       <c r="K19"/>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>23</v>
       </c>
       <c r="N19"/>
       <c r="O19"/>
       <c r="P19"/>
     </row>
     <row r="20" spans="1:16">
       <c r="B20" t="s">
         <v>16</v>
       </c>
       <c r="C20" t="s">
         <v>17</v>
       </c>
       <c r="D20" t="s">
         <v>18</v>
       </c>
       <c r="E20" t="s">
         <v>64</v>
       </c>
       <c r="F20" t="s">
         <v>65</v>
       </c>
       <c r="G20">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H20" t="s">
         <v>21</v>
       </c>
       <c r="I20" t="s">
         <v>22</v>
       </c>
       <c r="J20">
         <v>12</v>
       </c>
       <c r="K20"/>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20"/>
     </row>
     <row r="21" spans="1:16">
       <c r="B21" t="s">
         <v>16</v>
       </c>
       <c r="C21" t="s">
         <v>17</v>
       </c>
       <c r="D21" t="s">
         <v>18</v>
       </c>
       <c r="E21" t="s">
         <v>66</v>
       </c>
       <c r="F21" t="s">
         <v>67</v>
       </c>
       <c r="G21">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="H21" t="s">
         <v>21</v>
       </c>
       <c r="I21" t="s">
         <v>22</v>
       </c>
       <c r="J21">
         <v>12</v>
       </c>
       <c r="K21"/>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="N21"/>
       <c r="O21"/>
       <c r="P21"/>
     </row>
     <row r="22" spans="1:16">
       <c r="B22" t="s">
         <v>16</v>
       </c>
       <c r="C22" t="s">
         <v>17</v>
       </c>
       <c r="D22" t="s">
         <v>18</v>
       </c>
       <c r="E22" t="s">
         <v>68</v>
       </c>
       <c r="F22" t="s">
         <v>69</v>
       </c>
       <c r="G22">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H22" t="s">
         <v>21</v>
       </c>
       <c r="I22" t="s">
         <v>22</v>
       </c>
       <c r="J22">
         <v>12</v>
       </c>
       <c r="K22"/>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="N22"/>
       <c r="O22"/>
       <c r="P22"/>
     </row>
     <row r="23" spans="1:16">
       <c r="B23" t="s">
         <v>16</v>
       </c>
       <c r="C23" t="s">
         <v>17</v>
       </c>
       <c r="D23" t="s">
         <v>18</v>
       </c>
       <c r="E23" t="s">
         <v>70</v>
       </c>
       <c r="F23" t="s">
         <v>71</v>
       </c>
       <c r="G23">
         <v>20</v>
       </c>
       <c r="H23" t="s">
         <v>21</v>
       </c>
       <c r="I23" t="s">
         <v>22</v>
       </c>
       <c r="J23">
         <v>12</v>
       </c>
       <c r="K23"/>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23"/>
     </row>
     <row r="24" spans="1:16">
       <c r="B24" t="s">
         <v>16</v>
       </c>
       <c r="C24" t="s">
         <v>17</v>
       </c>
       <c r="D24" t="s">
         <v>18</v>
       </c>
       <c r="E24" t="s">
         <v>72</v>
       </c>
       <c r="F24" t="s">
         <v>73</v>
       </c>
       <c r="G24">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="H24" t="s">
         <v>21</v>
       </c>
       <c r="I24" t="s">
         <v>22</v>
       </c>
       <c r="J24">
         <v>12</v>
       </c>
       <c r="K24"/>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24"/>
     </row>
     <row r="25" spans="1:16">
       <c r="B25" t="s">
         <v>16</v>
       </c>
       <c r="C25" t="s">
         <v>17</v>
       </c>
       <c r="D25" t="s">
         <v>18</v>
       </c>
       <c r="E25" t="s">
         <v>74</v>
       </c>
       <c r="F25" t="s">
         <v>75</v>
       </c>
       <c r="G25">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="H25" t="s">
         <v>21</v>
       </c>
       <c r="I25" t="s">
         <v>22</v>
       </c>
       <c r="J25">
         <v>12</v>
       </c>
       <c r="K25"/>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="N25"/>
       <c r="O25"/>
       <c r="P25"/>
     </row>
     <row r="26" spans="1:16">
       <c r="B26" t="s">
         <v>16</v>
       </c>
       <c r="C26" t="s">
         <v>17</v>
       </c>
       <c r="D26" t="s">
         <v>18</v>
       </c>
       <c r="E26" t="s">
         <v>76</v>
       </c>
       <c r="F26" t="s">
         <v>77</v>
       </c>
       <c r="G26">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H26" t="s">
         <v>21</v>
       </c>
       <c r="I26" t="s">
         <v>22</v>
       </c>
       <c r="J26">
         <v>12</v>
       </c>
       <c r="K26"/>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>23</v>
       </c>
       <c r="N26"/>
       <c r="O26"/>
       <c r="P26"/>
     </row>
     <row r="27" spans="1:16">
       <c r="B27" t="s">
         <v>16</v>
       </c>
       <c r="C27" t="s">
         <v>17</v>
       </c>
       <c r="D27" t="s">
         <v>18</v>
       </c>
       <c r="E27" t="s">
         <v>78</v>
       </c>
       <c r="F27" t="s">
         <v>79</v>
       </c>
       <c r="G27">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="H27" t="s">
         <v>21</v>
       </c>
       <c r="I27" t="s">
         <v>22</v>
       </c>
       <c r="J27">
         <v>12</v>
       </c>
       <c r="K27"/>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="N27"/>
       <c r="O27"/>
       <c r="P27"/>
     </row>
     <row r="28" spans="1:16">
       <c r="B28" t="s">
         <v>16</v>
       </c>
       <c r="C28" t="s">
         <v>17</v>
       </c>
       <c r="D28" t="s">
         <v>18</v>
       </c>
       <c r="E28" t="s">
         <v>80</v>
       </c>
       <c r="F28" t="s">
         <v>81</v>
       </c>
       <c r="G28">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="H28" t="s">
         <v>21</v>
       </c>
       <c r="I28" t="s">
         <v>22</v>
       </c>
       <c r="J28">
         <v>12</v>
       </c>
       <c r="K28"/>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="N28"/>
       <c r="O28"/>
       <c r="P28"/>
     </row>
     <row r="29" spans="1:16">
       <c r="B29" t="s">
         <v>16</v>
       </c>
       <c r="C29" t="s">
         <v>17</v>
       </c>
       <c r="D29" t="s">
         <v>18</v>
       </c>
       <c r="E29" t="s">
         <v>82</v>
       </c>
       <c r="F29" t="s">
         <v>83</v>
       </c>
       <c r="G29">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="H29" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="I29" t="s">
         <v>22</v>
       </c>
       <c r="J29">
         <v>12</v>
       </c>
-      <c r="K29">
-[...4 lines deleted...]
-      </c>
+      <c r="K29"/>
+      <c r="L29"/>
       <c r="M29" t="s">
         <v>23</v>
       </c>
-      <c r="N29" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="N29"/>
+      <c r="O29"/>
+      <c r="P29"/>
     </row>
     <row r="30" spans="1:16">
       <c r="B30" t="s">
         <v>16</v>
       </c>
       <c r="C30" t="s">
         <v>17</v>
       </c>
       <c r="D30" t="s">
         <v>18</v>
       </c>
       <c r="E30" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="F30" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G30">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="H30" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="I30" t="s">
         <v>22</v>
       </c>
       <c r="J30">
         <v>12</v>
       </c>
-      <c r="K30">
-[...4 lines deleted...]
-      </c>
+      <c r="K30"/>
+      <c r="L30"/>
       <c r="M30" t="s">
-        <v>45</v>
-[...9 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="N30"/>
+      <c r="O30"/>
+      <c r="P30"/>
     </row>
     <row r="31" spans="1:16">
       <c r="B31" t="s">
         <v>16</v>
       </c>
       <c r="C31" t="s">
         <v>17</v>
       </c>
       <c r="D31" t="s">
         <v>18</v>
       </c>
       <c r="E31" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="F31" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="G31">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H31" t="s">
         <v>21</v>
       </c>
       <c r="I31" t="s">
         <v>22</v>
       </c>
       <c r="J31">
         <v>12</v>
       </c>
       <c r="K31"/>
       <c r="L31"/>
       <c r="M31" t="s">
         <v>23</v>
       </c>
       <c r="N31"/>
       <c r="O31"/>
       <c r="P31"/>
     </row>
     <row r="32" spans="1:16">
       <c r="B32" t="s">
         <v>16</v>
       </c>
       <c r="C32" t="s">
         <v>17</v>
       </c>
       <c r="D32" t="s">
         <v>18</v>
       </c>
       <c r="E32" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="F32" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="G32">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="H32" t="s">
-        <v>97</v>
+        <v>21</v>
       </c>
       <c r="I32" t="s">
         <v>22</v>
       </c>
       <c r="J32">
         <v>12</v>
       </c>
       <c r="K32"/>
-      <c r="L32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L32"/>
       <c r="M32" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="N32"/>
       <c r="O32"/>
       <c r="P32"/>
     </row>
     <row r="33" spans="1:16">
       <c r="B33" t="s">
         <v>16</v>
       </c>
       <c r="C33" t="s">
         <v>17</v>
       </c>
       <c r="D33" t="s">
         <v>18</v>
       </c>
       <c r="E33" t="s">
-        <v>100</v>
+        <v>90</v>
       </c>
       <c r="F33" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="G33">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="H33" t="s">
         <v>21</v>
       </c>
       <c r="I33" t="s">
         <v>22</v>
       </c>
       <c r="J33">
         <v>12</v>
       </c>
       <c r="K33"/>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="N33"/>
       <c r="O33"/>
       <c r="P33"/>
     </row>
     <row r="34" spans="1:16">
       <c r="B34" t="s">
         <v>16</v>
       </c>
       <c r="C34" t="s">
         <v>17</v>
       </c>
       <c r="D34" t="s">
         <v>18</v>
       </c>
       <c r="E34" t="s">
-        <v>102</v>
+        <v>92</v>
       </c>
       <c r="F34" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="G34">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="H34" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="I34" t="s">
         <v>22</v>
       </c>
       <c r="J34">
         <v>12</v>
       </c>
-      <c r="K34"/>
-      <c r="L34"/>
+      <c r="K34">
+        <v>12</v>
+      </c>
+      <c r="L34" t="s">
+        <v>94</v>
+      </c>
       <c r="M34" t="s">
         <v>23</v>
       </c>
-      <c r="N34"/>
-[...1 lines deleted...]
-      <c r="P34"/>
+      <c r="N34" t="s">
+        <v>95</v>
+      </c>
+      <c r="O34" t="s">
+        <v>96</v>
+      </c>
+      <c r="P34" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="35" spans="1:16">
       <c r="B35" t="s">
         <v>16</v>
       </c>
       <c r="C35" t="s">
         <v>17</v>
       </c>
       <c r="D35" t="s">
         <v>18</v>
       </c>
       <c r="E35" t="s">
-        <v>104</v>
+        <v>97</v>
       </c>
       <c r="F35" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="G35">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="H35" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="I35" t="s">
         <v>22</v>
       </c>
       <c r="J35">
         <v>12</v>
       </c>
-      <c r="K35"/>
-      <c r="L35"/>
+      <c r="K35">
+        <v>12</v>
+      </c>
+      <c r="L35" t="s">
+        <v>99</v>
+      </c>
       <c r="M35" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      <c r="P35"/>
+        <v>26</v>
+      </c>
+      <c r="N35" t="s">
+        <v>100</v>
+      </c>
+      <c r="O35" t="s">
+        <v>101</v>
+      </c>
+      <c r="P35" t="s">
+        <v>102</v>
+      </c>
     </row>
     <row r="36" spans="1:16">
       <c r="B36" t="s">
         <v>16</v>
       </c>
       <c r="C36" t="s">
         <v>17</v>
       </c>
       <c r="D36" t="s">
         <v>18</v>
       </c>
       <c r="E36" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F36" t="s">
-        <v>79</v>
+        <v>104</v>
       </c>
       <c r="G36">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="H36" t="s">
         <v>21</v>
       </c>
       <c r="I36" t="s">
         <v>22</v>
       </c>
       <c r="J36">
         <v>12</v>
       </c>
       <c r="K36"/>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="N36"/>
       <c r="O36"/>
       <c r="P36"/>
     </row>
     <row r="37" spans="1:16">
       <c r="B37" t="s">
         <v>16</v>
       </c>
       <c r="C37" t="s">
         <v>17</v>
       </c>
       <c r="D37" t="s">
         <v>18</v>
       </c>
       <c r="E37" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="F37" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="G37">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H37" t="s">
         <v>21</v>
       </c>
       <c r="I37" t="s">
         <v>22</v>
       </c>
       <c r="J37">
         <v>12</v>
       </c>
       <c r="K37"/>
       <c r="L37"/>
       <c r="M37" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="N37"/>
       <c r="O37"/>
       <c r="P37"/>
     </row>
     <row r="38" spans="1:16">
       <c r="B38" t="s">
         <v>16</v>
       </c>
       <c r="C38" t="s">
         <v>17</v>
       </c>
       <c r="D38" t="s">
         <v>18</v>
       </c>
       <c r="E38" t="s">
+        <v>107</v>
+      </c>
+      <c r="F38" t="s">
+        <v>108</v>
+      </c>
+      <c r="G38">
+        <v>15</v>
+      </c>
+      <c r="H38" t="s">
         <v>109</v>
       </c>
-      <c r="F38" t="s">
+      <c r="I38" t="s">
+        <v>22</v>
+      </c>
+      <c r="J38">
+        <v>12</v>
+      </c>
+      <c r="K38"/>
+      <c r="L38" t="s">
         <v>110</v>
       </c>
-      <c r="G38">
-[...12 lines deleted...]
-      <c r="L38"/>
       <c r="M38" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="N38"/>
+        <v>26</v>
+      </c>
+      <c r="N38" t="s">
+        <v>111</v>
+      </c>
       <c r="O38"/>
       <c r="P38"/>
     </row>
     <row r="39" spans="1:16">
       <c r="B39" t="s">
         <v>16</v>
       </c>
       <c r="C39" t="s">
         <v>17</v>
       </c>
       <c r="D39" t="s">
         <v>18</v>
       </c>
       <c r="E39" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F39" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G39">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="H39" t="s">
         <v>21</v>
       </c>
       <c r="I39" t="s">
         <v>22</v>
       </c>
       <c r="J39">
         <v>12</v>
       </c>
       <c r="K39"/>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="N39"/>
       <c r="O39"/>
       <c r="P39"/>
     </row>
     <row r="40" spans="1:16">
       <c r="B40" t="s">
         <v>16</v>
       </c>
       <c r="C40" t="s">
         <v>17</v>
       </c>
       <c r="D40" t="s">
         <v>18</v>
       </c>
       <c r="E40" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F40" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="G40">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="H40" t="s">
         <v>21</v>
       </c>
       <c r="I40" t="s">
         <v>22</v>
       </c>
       <c r="J40">
         <v>12</v>
       </c>
       <c r="K40"/>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="N40"/>
       <c r="O40"/>
       <c r="P40"/>
     </row>
     <row r="41" spans="1:16">
       <c r="B41" t="s">
         <v>16</v>
       </c>
       <c r="C41" t="s">
         <v>17</v>
       </c>
       <c r="D41" t="s">
         <v>18</v>
       </c>
       <c r="E41" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F41" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G41">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="H41" t="s">
         <v>21</v>
       </c>
       <c r="I41" t="s">
         <v>22</v>
       </c>
       <c r="J41">
         <v>12</v>
       </c>
       <c r="K41"/>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="N41"/>
       <c r="O41"/>
       <c r="P41"/>
     </row>
     <row r="42" spans="1:16">
       <c r="B42" t="s">
         <v>16</v>
       </c>
       <c r="C42" t="s">
         <v>17</v>
       </c>
       <c r="D42" t="s">
         <v>18</v>
       </c>
       <c r="E42" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F42" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G42">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="H42" t="s">
         <v>21</v>
       </c>
       <c r="I42" t="s">
         <v>22</v>
       </c>
       <c r="J42">
         <v>12</v>
       </c>
       <c r="K42"/>
       <c r="L42"/>
       <c r="M42" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="N42"/>
       <c r="O42"/>
       <c r="P42"/>
     </row>
     <row r="43" spans="1:16">
       <c r="B43" t="s">
         <v>16</v>
       </c>
       <c r="C43" t="s">
         <v>17</v>
       </c>
       <c r="D43" t="s">
         <v>18</v>
       </c>
       <c r="E43" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F43" t="s">
-        <v>120</v>
+        <v>87</v>
       </c>
       <c r="G43">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="H43" t="s">
         <v>21</v>
       </c>
       <c r="I43" t="s">
         <v>22</v>
       </c>
       <c r="J43">
         <v>12</v>
       </c>
       <c r="K43"/>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="N43"/>
       <c r="O43"/>
       <c r="P43"/>
     </row>
     <row r="44" spans="1:16">
       <c r="B44" t="s">
         <v>16</v>
       </c>
       <c r="C44" t="s">
         <v>17</v>
       </c>
       <c r="D44" t="s">
         <v>18</v>
       </c>
       <c r="E44" t="s">
         <v>121</v>
       </c>
       <c r="F44" t="s">
         <v>122</v>
       </c>
       <c r="G44">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H44" t="s">
         <v>21</v>
       </c>
       <c r="I44" t="s">
         <v>22</v>
       </c>
       <c r="J44">
         <v>12</v>
       </c>
       <c r="K44"/>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="N44"/>
       <c r="O44"/>
       <c r="P44"/>
     </row>
     <row r="45" spans="1:16">
       <c r="B45" t="s">
         <v>16</v>
       </c>
       <c r="C45" t="s">
         <v>17</v>
       </c>
       <c r="D45" t="s">
         <v>18</v>
       </c>
       <c r="E45" t="s">
         <v>123</v>
       </c>
       <c r="F45" t="s">
         <v>124</v>
       </c>
       <c r="G45">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H45" t="s">
         <v>21</v>
       </c>
       <c r="I45" t="s">
         <v>22</v>
       </c>
       <c r="J45">
         <v>12</v>
       </c>
       <c r="K45"/>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="N45"/>
       <c r="O45"/>
       <c r="P45"/>
     </row>
     <row r="46" spans="1:16">
       <c r="B46" t="s">
         <v>16</v>
       </c>
       <c r="C46" t="s">
         <v>17</v>
       </c>
       <c r="D46" t="s">
         <v>18</v>
       </c>
       <c r="E46" t="s">
         <v>125</v>
       </c>
       <c r="F46" t="s">
         <v>126</v>
       </c>
       <c r="G46">
         <v>10</v>
       </c>
       <c r="H46" t="s">
@@ -2519,51 +2519,51 @@
       <c r="L46"/>
       <c r="M46" t="s">
         <v>23</v>
       </c>
       <c r="N46"/>
       <c r="O46"/>
       <c r="P46"/>
     </row>
     <row r="47" spans="1:16">
       <c r="B47" t="s">
         <v>16</v>
       </c>
       <c r="C47" t="s">
         <v>17</v>
       </c>
       <c r="D47" t="s">
         <v>18</v>
       </c>
       <c r="E47" t="s">
         <v>127</v>
       </c>
       <c r="F47" t="s">
         <v>128</v>
       </c>
       <c r="G47">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="H47" t="s">
         <v>21</v>
       </c>
       <c r="I47" t="s">
         <v>22</v>
       </c>
       <c r="J47">
         <v>12</v>
       </c>
       <c r="K47"/>
       <c r="L47"/>
       <c r="M47" t="s">
         <v>23</v>
       </c>
       <c r="N47"/>
       <c r="O47"/>
       <c r="P47"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">