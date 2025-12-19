--- v0 (2025-10-30)
+++ v1 (2025-12-19)
@@ -476,51 +476,51 @@
   <si>
     <t xml:space="preserve"> Sukhdev </t>
   </si>
   <si>
     <t xml:space="preserve">Divyansh Bhardwaj </t>
   </si>
   <si>
     <t>Amit Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-11/1606198880298.pdf</t>
   </si>
   <si>
     <t>2020-11-24 11:51:20</t>
   </si>
   <si>
     <t>2020-11-24 12:53:45</t>
   </si>
   <si>
     <t xml:space="preserve">Khushi Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Chaman Lal </t>
   </si>
   <si>
-    <t xml:space="preserve">Rishik </t>
+    <t xml:space="preserve">Rishik Thakur </t>
   </si>
   <si>
     <t>Arun Thakur</t>
   </si>
   <si>
     <t xml:space="preserve">Shivam Chandel </t>
   </si>
   <si>
     <t>Manoj Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">Aditya </t>
   </si>
   <si>
     <t>Kamlesh Kumar</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>