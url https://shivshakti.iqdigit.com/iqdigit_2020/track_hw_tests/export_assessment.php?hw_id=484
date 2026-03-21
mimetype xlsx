--- v0 (2025-12-20)
+++ v1 (2026-03-21)
@@ -131,164 +131,164 @@
   <si>
     <t>Ravinder Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">Akshit </t>
   </si>
   <si>
     <t xml:space="preserve">Baldav Raj </t>
   </si>
   <si>
     <t>checked</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-11/1606277746113.pdf</t>
   </si>
   <si>
     <t>2020-11-25 09:45:46</t>
   </si>
   <si>
     <t>2020-11-25 19:09:38</t>
   </si>
   <si>
     <t>excellent</t>
   </si>
   <si>
+    <t xml:space="preserve">Akshan </t>
+  </si>
+  <si>
+    <t>Arun Kumar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sanvi Sharma </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Riyansh Bhardwaj </t>
+  </si>
+  <si>
+    <t>Vimal Kumar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AARV THAKUR </t>
+  </si>
+  <si>
+    <t>MUKESH KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mohit </t>
+  </si>
+  <si>
+    <t>Raj gopal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KAVYANSH </t>
+  </si>
+  <si>
+    <t>RAVI KUMAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NAVIKA </t>
+  </si>
+  <si>
+    <t>RAJESH VERMA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aarvi Kashyap </t>
+  </si>
+  <si>
+    <t>Harish Pal Singh</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pranjal </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Arun Shamra</t>
+  </si>
+  <si>
+    <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-11/1606278577918.pdf</t>
+  </si>
+  <si>
+    <t>2020-11-25 09:59:37</t>
+  </si>
+  <si>
+    <t>2020-11-25 19:10:03</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aayan Chouhan </t>
+  </si>
+  <si>
+    <t>Om Prakash</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KARTIK </t>
+  </si>
+  <si>
+    <t>Sandeep Kumar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arush Thakur </t>
+  </si>
+  <si>
+    <t>Praveen Kumar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shivam Jamwal </t>
+  </si>
+  <si>
+    <t>Sh. Vijander Kumar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AryanKUmar </t>
+  </si>
+  <si>
+    <t>Sunil Kumar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tanvi </t>
+  </si>
+  <si>
+    <t>Bachan Singh</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanish Bhardwaj </t>
+  </si>
+  <si>
+    <t>Banke Bihari Lal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aarav Sankhyan </t>
+  </si>
+  <si>
+    <t>Vivek Kumar</t>
+  </si>
+  <si>
     <t xml:space="preserve">Aayush Kamal </t>
   </si>
   <si>
     <t xml:space="preserve">Anoop Kamal </t>
   </si>
   <si>
-    <t xml:space="preserve">Sanvi Sharma </t>
-[...106 lines deleted...]
-  <si>
     <t xml:space="preserve">Vidanshi </t>
   </si>
   <si>
     <t>Chetan Kumar</t>
   </si>
   <si>
     <t>submitted</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1608017825354.pdf</t>
   </si>
   <si>
     <t>2020-12-15 13:07:05</t>
   </si>
   <si>
     <t xml:space="preserve">Divyank Patiyal </t>
   </si>
   <si>
     <t>Sanjay Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">Sanjana Devi </t>
   </si>
   <si>
     <t>Vikas Patiyal</t>
@@ -299,117 +299,117 @@
   <si>
     <t>Raman Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">Rubal Kashyap </t>
   </si>
   <si>
     <t xml:space="preserve">Nandini Sharma </t>
   </si>
   <si>
     <t>Pardeep KUmar</t>
   </si>
   <si>
     <t xml:space="preserve">Pragya </t>
   </si>
   <si>
     <t>Satish Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">Rishav Parmar </t>
   </si>
   <si>
     <t>Sukesh KUmar</t>
   </si>
   <si>
+    <t xml:space="preserve">Nikunj Dhiman </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chander Shekhar  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Navneet Sharma </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Narender </t>
+  </si>
+  <si>
     <t xml:space="preserve">Kamna Dhatwalia </t>
   </si>
   <si>
     <t xml:space="preserve">Pradeep Kumar </t>
   </si>
   <si>
     <t xml:space="preserve">Madhav Chauhan </t>
   </si>
   <si>
     <t>Pawan Singh</t>
   </si>
   <si>
-    <t xml:space="preserve">Nikunj Dhiman </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">Lalita Devi </t>
   </si>
   <si>
     <t>Rajender singh</t>
   </si>
   <si>
+    <t xml:space="preserve">Kavya Sharma </t>
+  </si>
+  <si>
+    <t>Pawaneesh Kumar</t>
+  </si>
+  <si>
     <t xml:space="preserve">Ayush Chandel </t>
   </si>
   <si>
     <t xml:space="preserve">Anil Kumar </t>
   </si>
   <si>
     <t xml:space="preserve">Divyansh Bhardwaj </t>
   </si>
   <si>
     <t xml:space="preserve">Rajeev KUmar </t>
   </si>
   <si>
     <t xml:space="preserve">Aman Bhatia </t>
   </si>
   <si>
     <t>MAHINDER SINGH</t>
   </si>
   <si>
     <t xml:space="preserve">Shivanshi </t>
   </si>
   <si>
     <t xml:space="preserve">Kashmir Singh </t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-11/1606277990261.pdf</t>
   </si>
   <si>
     <t>2020-11-25 09:49:50</t>
   </si>
   <si>
     <t>2020-11-25 19:08:24</t>
-  </si>
-[...4 lines deleted...]
-    <t>Pawaneesh Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">DAKSHESH </t>
   </si>
   <si>
     <t>AJAY KUMAR</t>
   </si>
   <si>
     <t xml:space="preserve">Aarav Gautam </t>
   </si>
   <si>
     <t>Arvind Gautam</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -1068,165 +1068,165 @@
         <v>10</v>
       </c>
       <c r="K8"/>
       <c r="L8"/>
       <c r="M8" t="s">
         <v>23</v>
       </c>
       <c r="N8"/>
       <c r="O8"/>
       <c r="P8"/>
     </row>
     <row r="9" spans="1:16">
       <c r="B9" t="s">
         <v>16</v>
       </c>
       <c r="C9" t="s">
         <v>17</v>
       </c>
       <c r="D9" t="s">
         <v>18</v>
       </c>
       <c r="E9" t="s">
         <v>41</v>
       </c>
       <c r="F9" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="G9">
         <v>36</v>
       </c>
       <c r="H9" t="s">
         <v>21</v>
       </c>
       <c r="I9" t="s">
         <v>22</v>
       </c>
       <c r="J9">
         <v>10</v>
       </c>
       <c r="K9"/>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>23</v>
       </c>
       <c r="N9"/>
       <c r="O9"/>
       <c r="P9"/>
     </row>
     <row r="10" spans="1:16">
       <c r="B10" t="s">
         <v>16</v>
       </c>
       <c r="C10" t="s">
         <v>17</v>
       </c>
       <c r="D10" t="s">
         <v>18</v>
       </c>
       <c r="E10" t="s">
+        <v>42</v>
+      </c>
+      <c r="F10" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="G10">
         <v>30</v>
       </c>
       <c r="H10" t="s">
         <v>21</v>
       </c>
       <c r="I10" t="s">
         <v>22</v>
       </c>
       <c r="J10">
         <v>10</v>
       </c>
       <c r="K10"/>
       <c r="L10"/>
       <c r="M10" t="s">
         <v>23</v>
       </c>
       <c r="N10"/>
       <c r="O10"/>
       <c r="P10"/>
     </row>
     <row r="11" spans="1:16">
       <c r="B11" t="s">
         <v>16</v>
       </c>
       <c r="C11" t="s">
         <v>17</v>
       </c>
       <c r="D11" t="s">
         <v>18</v>
       </c>
       <c r="E11" t="s">
+        <v>44</v>
+      </c>
+      <c r="F11" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="G11">
         <v>3</v>
       </c>
       <c r="H11" t="s">
         <v>21</v>
       </c>
       <c r="I11" t="s">
         <v>22</v>
       </c>
       <c r="J11">
         <v>10</v>
       </c>
       <c r="K11"/>
       <c r="L11"/>
       <c r="M11" t="s">
         <v>23</v>
       </c>
       <c r="N11"/>
       <c r="O11"/>
       <c r="P11"/>
     </row>
     <row r="12" spans="1:16">
       <c r="B12" t="s">
         <v>16</v>
       </c>
       <c r="C12" t="s">
         <v>17</v>
       </c>
       <c r="D12" t="s">
         <v>18</v>
       </c>
       <c r="E12" t="s">
         <v>46</v>
       </c>
       <c r="F12" t="s">
         <v>47</v>
       </c>
       <c r="G12">
-        <v>3</v>
+        <v>29</v>
       </c>
       <c r="H12" t="s">
         <v>21</v>
       </c>
       <c r="I12" t="s">
         <v>22</v>
       </c>
       <c r="J12">
         <v>10</v>
       </c>
       <c r="K12"/>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>23</v>
       </c>
       <c r="N12"/>
       <c r="O12"/>
       <c r="P12"/>
     </row>
     <row r="13" spans="1:16">
       <c r="B13" t="s">
         <v>16</v>
       </c>
       <c r="C13" t="s">
         <v>17</v>
@@ -1293,172 +1293,172 @@
       <c r="L14"/>
       <c r="M14" t="s">
         <v>23</v>
       </c>
       <c r="N14"/>
       <c r="O14"/>
       <c r="P14"/>
     </row>
     <row r="15" spans="1:16">
       <c r="B15" t="s">
         <v>16</v>
       </c>
       <c r="C15" t="s">
         <v>17</v>
       </c>
       <c r="D15" t="s">
         <v>18</v>
       </c>
       <c r="E15" t="s">
         <v>52</v>
       </c>
       <c r="F15" t="s">
         <v>53</v>
       </c>
       <c r="G15">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="H15" t="s">
         <v>21</v>
       </c>
       <c r="I15" t="s">
         <v>22</v>
       </c>
       <c r="J15">
         <v>10</v>
       </c>
       <c r="K15"/>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>23</v>
       </c>
       <c r="N15"/>
       <c r="O15"/>
       <c r="P15"/>
     </row>
     <row r="16" spans="1:16">
       <c r="B16" t="s">
         <v>16</v>
       </c>
       <c r="C16" t="s">
         <v>17</v>
       </c>
       <c r="D16" t="s">
         <v>18</v>
       </c>
       <c r="E16" t="s">
         <v>54</v>
       </c>
       <c r="F16" t="s">
         <v>55</v>
       </c>
       <c r="G16">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="H16" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="I16" t="s">
         <v>22</v>
       </c>
       <c r="J16">
         <v>10</v>
       </c>
-      <c r="K16"/>
-      <c r="L16"/>
+      <c r="K16">
+        <v>10</v>
+      </c>
+      <c r="L16" t="s">
+        <v>56</v>
+      </c>
       <c r="M16" t="s">
         <v>23</v>
       </c>
-      <c r="N16"/>
-[...1 lines deleted...]
-      <c r="P16"/>
+      <c r="N16" t="s">
+        <v>57</v>
+      </c>
+      <c r="O16" t="s">
+        <v>58</v>
+      </c>
+      <c r="P16" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="17" spans="1:16">
       <c r="B17" t="s">
         <v>16</v>
       </c>
       <c r="C17" t="s">
         <v>17</v>
       </c>
       <c r="D17" t="s">
         <v>18</v>
       </c>
       <c r="E17" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="F17" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="G17">
         <v>25</v>
       </c>
       <c r="H17" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="I17" t="s">
         <v>22</v>
       </c>
       <c r="J17">
         <v>10</v>
       </c>
-      <c r="K17">
-[...4 lines deleted...]
-      </c>
+      <c r="K17"/>
+      <c r="L17"/>
       <c r="M17" t="s">
         <v>23</v>
       </c>
-      <c r="N17" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="N17"/>
+      <c r="O17"/>
+      <c r="P17"/>
     </row>
     <row r="18" spans="1:16">
       <c r="B18" t="s">
         <v>16</v>
       </c>
       <c r="C18" t="s">
         <v>17</v>
       </c>
       <c r="D18" t="s">
         <v>18</v>
       </c>
       <c r="E18" t="s">
         <v>61</v>
       </c>
       <c r="F18" t="s">
         <v>62</v>
       </c>
       <c r="G18">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H18" t="s">
         <v>21</v>
       </c>
       <c r="I18" t="s">
         <v>22</v>
       </c>
       <c r="J18">
         <v>10</v>
       </c>
       <c r="K18"/>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>23</v>
       </c>
       <c r="N18"/>
       <c r="O18"/>
       <c r="P18"/>
     </row>
     <row r="19" spans="1:16">
       <c r="B19" t="s">
         <v>16</v>
       </c>
       <c r="C19" t="s">
         <v>17</v>
@@ -1488,51 +1488,51 @@
       <c r="L19"/>
       <c r="M19" t="s">
         <v>23</v>
       </c>
       <c r="N19"/>
       <c r="O19"/>
       <c r="P19"/>
     </row>
     <row r="20" spans="1:16">
       <c r="B20" t="s">
         <v>16</v>
       </c>
       <c r="C20" t="s">
         <v>17</v>
       </c>
       <c r="D20" t="s">
         <v>18</v>
       </c>
       <c r="E20" t="s">
         <v>65</v>
       </c>
       <c r="F20" t="s">
         <v>66</v>
       </c>
       <c r="G20">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H20" t="s">
         <v>21</v>
       </c>
       <c r="I20" t="s">
         <v>22</v>
       </c>
       <c r="J20">
         <v>10</v>
       </c>
       <c r="K20"/>
       <c r="L20"/>
       <c r="M20" t="s">
         <v>23</v>
       </c>
       <c r="N20"/>
       <c r="O20"/>
       <c r="P20"/>
     </row>
     <row r="21" spans="1:16">
       <c r="B21" t="s">
         <v>16</v>
       </c>
       <c r="C21" t="s">
         <v>17</v>
@@ -1562,199 +1562,199 @@
       <c r="L21"/>
       <c r="M21" t="s">
         <v>23</v>
       </c>
       <c r="N21"/>
       <c r="O21"/>
       <c r="P21"/>
     </row>
     <row r="22" spans="1:16">
       <c r="B22" t="s">
         <v>16</v>
       </c>
       <c r="C22" t="s">
         <v>17</v>
       </c>
       <c r="D22" t="s">
         <v>18</v>
       </c>
       <c r="E22" t="s">
         <v>69</v>
       </c>
       <c r="F22" t="s">
         <v>70</v>
       </c>
       <c r="G22">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H22" t="s">
         <v>21</v>
       </c>
       <c r="I22" t="s">
         <v>22</v>
       </c>
       <c r="J22">
         <v>10</v>
       </c>
       <c r="K22"/>
       <c r="L22"/>
       <c r="M22" t="s">
         <v>23</v>
       </c>
       <c r="N22"/>
       <c r="O22"/>
       <c r="P22"/>
     </row>
     <row r="23" spans="1:16">
       <c r="B23" t="s">
         <v>16</v>
       </c>
       <c r="C23" t="s">
         <v>17</v>
       </c>
       <c r="D23" t="s">
         <v>18</v>
       </c>
       <c r="E23" t="s">
         <v>71</v>
       </c>
       <c r="F23" t="s">
         <v>72</v>
       </c>
       <c r="G23">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H23" t="s">
         <v>21</v>
       </c>
       <c r="I23" t="s">
         <v>22</v>
       </c>
       <c r="J23">
         <v>10</v>
       </c>
       <c r="K23"/>
       <c r="L23"/>
       <c r="M23" t="s">
         <v>23</v>
       </c>
       <c r="N23"/>
       <c r="O23"/>
       <c r="P23"/>
     </row>
     <row r="24" spans="1:16">
       <c r="B24" t="s">
         <v>16</v>
       </c>
       <c r="C24" t="s">
         <v>17</v>
       </c>
       <c r="D24" t="s">
         <v>18</v>
       </c>
       <c r="E24" t="s">
         <v>73</v>
       </c>
       <c r="F24" t="s">
         <v>74</v>
       </c>
       <c r="G24">
-        <v>22</v>
+        <v>2</v>
       </c>
       <c r="H24" t="s">
         <v>21</v>
       </c>
       <c r="I24" t="s">
         <v>22</v>
       </c>
       <c r="J24">
         <v>10</v>
       </c>
       <c r="K24"/>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>23</v>
       </c>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24"/>
     </row>
     <row r="25" spans="1:16">
       <c r="B25" t="s">
         <v>16</v>
       </c>
       <c r="C25" t="s">
         <v>17</v>
       </c>
       <c r="D25" t="s">
         <v>18</v>
       </c>
       <c r="E25" t="s">
         <v>75</v>
       </c>
       <c r="F25" t="s">
         <v>76</v>
       </c>
       <c r="G25">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="H25" t="s">
         <v>21</v>
       </c>
       <c r="I25" t="s">
         <v>22</v>
       </c>
       <c r="J25">
         <v>10</v>
       </c>
       <c r="K25"/>
       <c r="L25"/>
       <c r="M25" t="s">
         <v>23</v>
       </c>
       <c r="N25"/>
       <c r="O25"/>
       <c r="P25"/>
     </row>
     <row r="26" spans="1:16">
       <c r="B26" t="s">
         <v>16</v>
       </c>
       <c r="C26" t="s">
         <v>17</v>
       </c>
       <c r="D26" t="s">
         <v>18</v>
       </c>
       <c r="E26" t="s">
         <v>77</v>
       </c>
       <c r="F26" t="s">
         <v>78</v>
       </c>
       <c r="G26">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="H26" t="s">
         <v>79</v>
       </c>
       <c r="I26" t="s">
         <v>22</v>
       </c>
       <c r="J26">
         <v>10</v>
       </c>
       <c r="K26"/>
       <c r="L26" t="s">
         <v>80</v>
       </c>
       <c r="M26" t="s">
         <v>23</v>
       </c>
       <c r="N26" t="s">
         <v>81</v>
       </c>
       <c r="O26"/>
       <c r="P26"/>
     </row>
     <row r="27" spans="1:16">
       <c r="B27" t="s">
@@ -2010,51 +2010,51 @@
       <c r="L33"/>
       <c r="M33" t="s">
         <v>23</v>
       </c>
       <c r="N33"/>
       <c r="O33"/>
       <c r="P33"/>
     </row>
     <row r="34" spans="1:16">
       <c r="B34" t="s">
         <v>16</v>
       </c>
       <c r="C34" t="s">
         <v>17</v>
       </c>
       <c r="D34" t="s">
         <v>18</v>
       </c>
       <c r="E34" t="s">
         <v>95</v>
       </c>
       <c r="F34" t="s">
         <v>96</v>
       </c>
       <c r="G34">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H34" t="s">
         <v>21</v>
       </c>
       <c r="I34" t="s">
         <v>22</v>
       </c>
       <c r="J34">
         <v>10</v>
       </c>
       <c r="K34"/>
       <c r="L34"/>
       <c r="M34" t="s">
         <v>23</v>
       </c>
       <c r="N34"/>
       <c r="O34"/>
       <c r="P34"/>
     </row>
     <row r="35" spans="1:16">
       <c r="B35" t="s">
         <v>16</v>
       </c>
       <c r="C35" t="s">
         <v>17</v>
@@ -2121,125 +2121,125 @@
       <c r="L36"/>
       <c r="M36" t="s">
         <v>23</v>
       </c>
       <c r="N36"/>
       <c r="O36"/>
       <c r="P36"/>
     </row>
     <row r="37" spans="1:16">
       <c r="B37" t="s">
         <v>16</v>
       </c>
       <c r="C37" t="s">
         <v>17</v>
       </c>
       <c r="D37" t="s">
         <v>18</v>
       </c>
       <c r="E37" t="s">
         <v>101</v>
       </c>
       <c r="F37" t="s">
         <v>102</v>
       </c>
       <c r="G37">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H37" t="s">
         <v>21</v>
       </c>
       <c r="I37" t="s">
         <v>22</v>
       </c>
       <c r="J37">
         <v>10</v>
       </c>
       <c r="K37"/>
       <c r="L37"/>
       <c r="M37" t="s">
         <v>23</v>
       </c>
       <c r="N37"/>
       <c r="O37"/>
       <c r="P37"/>
     </row>
     <row r="38" spans="1:16">
       <c r="B38" t="s">
         <v>16</v>
       </c>
       <c r="C38" t="s">
         <v>17</v>
       </c>
       <c r="D38" t="s">
         <v>18</v>
       </c>
       <c r="E38" t="s">
         <v>103</v>
       </c>
       <c r="F38" t="s">
         <v>104</v>
       </c>
       <c r="G38">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="H38" t="s">
         <v>21</v>
       </c>
       <c r="I38" t="s">
         <v>22</v>
       </c>
       <c r="J38">
         <v>10</v>
       </c>
       <c r="K38"/>
       <c r="L38"/>
       <c r="M38" t="s">
         <v>23</v>
       </c>
       <c r="N38"/>
       <c r="O38"/>
       <c r="P38"/>
     </row>
     <row r="39" spans="1:16">
       <c r="B39" t="s">
         <v>16</v>
       </c>
       <c r="C39" t="s">
         <v>17</v>
       </c>
       <c r="D39" t="s">
         <v>18</v>
       </c>
       <c r="E39" t="s">
         <v>105</v>
       </c>
       <c r="F39" t="s">
         <v>106</v>
       </c>
       <c r="G39">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H39" t="s">
         <v>21</v>
       </c>
       <c r="I39" t="s">
         <v>22</v>
       </c>
       <c r="J39">
         <v>10</v>
       </c>
       <c r="K39"/>
       <c r="L39"/>
       <c r="M39" t="s">
         <v>23</v>
       </c>
       <c r="N39"/>
       <c r="O39"/>
       <c r="P39"/>
     </row>
     <row r="40" spans="1:16">
       <c r="B40" t="s">
         <v>16</v>
       </c>
       <c r="C40" t="s">
         <v>17</v>
@@ -2309,113 +2309,113 @@
       </c>
       <c r="N41"/>
       <c r="O41"/>
       <c r="P41"/>
     </row>
     <row r="42" spans="1:16">
       <c r="B42" t="s">
         <v>16</v>
       </c>
       <c r="C42" t="s">
         <v>17</v>
       </c>
       <c r="D42" t="s">
         <v>18</v>
       </c>
       <c r="E42" t="s">
         <v>111</v>
       </c>
       <c r="F42" t="s">
         <v>112</v>
       </c>
       <c r="G42">
         <v>10</v>
       </c>
       <c r="H42" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="I42" t="s">
         <v>22</v>
       </c>
       <c r="J42">
         <v>10</v>
       </c>
-      <c r="K42">
-[...4 lines deleted...]
-      </c>
+      <c r="K42"/>
+      <c r="L42"/>
       <c r="M42" t="s">
         <v>23</v>
       </c>
-      <c r="N42" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="N42"/>
+      <c r="O42"/>
+      <c r="P42"/>
     </row>
     <row r="43" spans="1:16">
       <c r="B43" t="s">
         <v>16</v>
       </c>
       <c r="C43" t="s">
         <v>17</v>
       </c>
       <c r="D43" t="s">
         <v>18</v>
       </c>
       <c r="E43" t="s">
+        <v>113</v>
+      </c>
+      <c r="F43" t="s">
+        <v>114</v>
+      </c>
+      <c r="G43">
+        <v>10</v>
+      </c>
+      <c r="H43" t="s">
+        <v>34</v>
+      </c>
+      <c r="I43" t="s">
+        <v>22</v>
+      </c>
+      <c r="J43">
+        <v>10</v>
+      </c>
+      <c r="K43">
+        <v>10</v>
+      </c>
+      <c r="L43" t="s">
+        <v>115</v>
+      </c>
+      <c r="M43" t="s">
+        <v>23</v>
+      </c>
+      <c r="N43" t="s">
         <v>116</v>
       </c>
-      <c r="F43" t="s">
+      <c r="O43" t="s">
         <v>117</v>
       </c>
-      <c r="G43">
-[...18 lines deleted...]
-      <c r="P43"/>
+      <c r="P43" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="44" spans="1:16">
       <c r="B44" t="s">
         <v>16</v>
       </c>
       <c r="C44" t="s">
         <v>17</v>
       </c>
       <c r="D44" t="s">
         <v>18</v>
       </c>
       <c r="E44" t="s">
         <v>118</v>
       </c>
       <c r="F44" t="s">
         <v>119</v>
       </c>
       <c r="G44">
         <v>10</v>
       </c>
       <c r="H44" t="s">
         <v>21</v>
       </c>
       <c r="I44" t="s">
         <v>22</v>