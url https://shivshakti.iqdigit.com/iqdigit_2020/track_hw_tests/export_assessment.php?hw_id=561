--- v0 (2025-11-06)
+++ v1 (2025-12-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>S.No</t>
   </si>
   <si>
     <t>Teacher</t>
   </si>
   <si>
     <t>Class</t>
   </si>
   <si>
     <t>Subject</t>
   </si>
   <si>
     <t>Student Name</t>
   </si>
   <si>
     <t>Father Name</t>
   </si>
   <si>
     <t>Roll No</t>
   </si>
   <si>
     <t>Stage</t>
   </si>
   <si>
@@ -165,50 +165,53 @@
     <t>Sh. Balwant Singh</t>
   </si>
   <si>
     <t xml:space="preserve">Radhika </t>
   </si>
   <si>
     <t xml:space="preserve">Sh. Rakesh Kumar Nadda </t>
   </si>
   <si>
     <t xml:space="preserve">Priya Mahajan </t>
   </si>
   <si>
     <t>Sh. Sukh Dev Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">Puneet </t>
   </si>
   <si>
     <t xml:space="preserve">Sh. Piar Chand </t>
   </si>
   <si>
     <t xml:space="preserve">Kartik Thakur </t>
   </si>
   <si>
     <t>Sh Sanjeev Kumar</t>
+  </si>
+  <si>
+    <t>2025-12-12 14:43:10</t>
   </si>
   <si>
     <t xml:space="preserve">Suryansh Patyal </t>
   </si>
   <si>
     <t xml:space="preserve">Sh.Ravinder Singh </t>
   </si>
   <si>
     <t xml:space="preserve">Aarav </t>
   </si>
   <si>
     <t>Sh. Surender Singh</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1134,114 +1137,114 @@
       </c>
       <c r="F14" t="s">
         <v>50</v>
       </c>
       <c r="G14">
         <v>10</v>
       </c>
       <c r="H14" t="s">
         <v>21</v>
       </c>
       <c r="I14" t="s">
         <v>22</v>
       </c>
       <c r="J14">
         <v>10</v>
       </c>
       <c r="K14">
         <v>7</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>23</v>
       </c>
       <c r="N14"/>
       <c r="O14" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="P14" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="B15" t="s">
         <v>16</v>
       </c>
       <c r="C15" t="s">
         <v>17</v>
       </c>
       <c r="D15" t="s">
         <v>18</v>
       </c>
       <c r="E15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
       <c r="H15" t="s">
         <v>21</v>
       </c>
       <c r="I15" t="s">
         <v>22</v>
       </c>
       <c r="J15">
         <v>10</v>
       </c>
       <c r="K15">
         <v>6</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>23</v>
       </c>
       <c r="N15"/>
       <c r="O15" t="s">
         <v>24</v>
       </c>
       <c r="P15" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="B16" t="s">
         <v>16</v>
       </c>
       <c r="C16" t="s">
         <v>17</v>
       </c>
       <c r="D16" t="s">
         <v>18</v>
       </c>
       <c r="E16" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F16" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G16">
         <v>1</v>
       </c>
       <c r="H16" t="s">
         <v>21</v>
       </c>
       <c r="I16" t="s">
         <v>22</v>
       </c>
       <c r="J16">
         <v>10</v>
       </c>
       <c r="K16">
         <v>6</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
         <v>23</v>
       </c>
       <c r="N16"/>
       <c r="O16" t="s">
         <v>24</v>
       </c>
       <c r="P16" t="s">