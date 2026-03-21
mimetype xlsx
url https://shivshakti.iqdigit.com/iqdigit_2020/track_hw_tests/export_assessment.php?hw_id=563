--- v0 (2025-11-06)
+++ v1 (2026-03-21)
@@ -65,51 +65,51 @@
   <si>
     <t>Max</t>
   </si>
   <si>
     <t>Score</t>
   </si>
   <si>
     <t>Ans-sheet</t>
   </si>
   <si>
     <t>created-at</t>
   </si>
   <si>
     <t>submitted_at</t>
   </si>
   <si>
     <t>Checked-at</t>
   </si>
   <si>
     <t>Remarks</t>
   </si>
   <si>
     <t xml:space="preserve">Mrs. Kanchan </t>
   </si>
   <si>
-    <t>8TH-A</t>
+    <t>8TH-L</t>
   </si>
   <si>
     <t>ENGLISH</t>
   </si>
   <si>
     <t xml:space="preserve">Om Nadda </t>
   </si>
   <si>
     <t xml:space="preserve">Rakesh Kumar Nadda </t>
   </si>
   <si>
     <t>checked</t>
   </si>
   <si>
     <t>Grade</t>
   </si>
   <si>
     <t>A1</t>
   </si>
   <si>
     <t>B1</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1606818142897.pdf</t>
   </si>