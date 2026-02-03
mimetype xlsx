--- v0 (2025-10-31)
+++ v1 (2026-02-03)
@@ -503,51 +503,51 @@
   <si>
     <t>2020-12-02 22:20:11</t>
   </si>
   <si>
     <t xml:space="preserve">Divyansh Bhardwaj </t>
   </si>
   <si>
     <t>Amit Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1606886846694.pdf</t>
   </si>
   <si>
     <t>2020-12-02 10:57:26</t>
   </si>
   <si>
     <t>2020-12-02 22:17:09</t>
   </si>
   <si>
     <t xml:space="preserve">Khushi Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Chaman Lal </t>
   </si>
   <si>
-    <t xml:space="preserve">Rishik </t>
+    <t xml:space="preserve">Rishik Thakur </t>
   </si>
   <si>
     <t>Arun Thakur</t>
   </si>
   <si>
     <t xml:space="preserve">Shivam Chandel </t>
   </si>
   <si>
     <t>Manoj Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1606887433855.pdf</t>
   </si>
   <si>
     <t>2020-12-02 11:07:13</t>
   </si>
   <si>
     <t>2020-12-02 22:13:51</t>
   </si>
   <si>
     <t xml:space="preserve">Aditya </t>
   </si>
   <si>
     <t>Kamlesh Kumar</t>
   </si>