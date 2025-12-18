--- v0 (2025-10-31)
+++ v1 (2025-12-18)
@@ -521,51 +521,51 @@
   <si>
     <t>2020-12-05 13:12:51</t>
   </si>
   <si>
     <t xml:space="preserve">Divyansh Bhardwaj </t>
   </si>
   <si>
     <t>Amit Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607138184557.pdf</t>
   </si>
   <si>
     <t>2020-12-05 08:46:24</t>
   </si>
   <si>
     <t>2020-12-05 13:09:25</t>
   </si>
   <si>
     <t xml:space="preserve">Khushi Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Chaman Lal </t>
   </si>
   <si>
-    <t xml:space="preserve">Rishik </t>
+    <t xml:space="preserve">Rishik Thakur </t>
   </si>
   <si>
     <t>Arun Thakur</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607138383537.pdf</t>
   </si>
   <si>
     <t>2020-12-05 08:49:43</t>
   </si>
   <si>
     <t>2020-12-05 13:05:55</t>
   </si>
   <si>
     <t xml:space="preserve">Shivam Chandel </t>
   </si>
   <si>
     <t>Manoj Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">Aditya </t>
   </si>
   <si>
     <t>Kamlesh Kumar</t>
   </si>