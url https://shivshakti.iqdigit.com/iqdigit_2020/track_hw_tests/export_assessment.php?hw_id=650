--- v0 (2025-10-31)
+++ v1 (2026-02-03)
@@ -419,51 +419,51 @@
   <si>
     <t xml:space="preserve">Divyansh Bhardwaj </t>
   </si>
   <si>
     <t>Amit Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607317075031.pdf</t>
   </si>
   <si>
     <t>2020-12-07 10:27:55</t>
   </si>
   <si>
     <t xml:space="preserve">Khushi Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Chaman Lal </t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607316795805.pdf</t>
   </si>
   <si>
     <t>2020-12-07 10:23:15</t>
   </si>
   <si>
-    <t xml:space="preserve">Rishik </t>
+    <t xml:space="preserve">Rishik Thakur </t>
   </si>
   <si>
     <t>Arun Thakur</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607316704098.pdf</t>
   </si>
   <si>
     <t>2020-12-07 10:21:44</t>
   </si>
   <si>
     <t xml:space="preserve">Shivam Chandel </t>
   </si>
   <si>
     <t>Manoj Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">Aditya </t>
   </si>
   <si>
     <t>Kamlesh Kumar</t>
   </si>
 </sst>
 </file>
 