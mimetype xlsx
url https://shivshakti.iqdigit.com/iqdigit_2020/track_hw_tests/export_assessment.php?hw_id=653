--- v0 (2025-10-31)
+++ v1 (2025-12-18)
@@ -527,51 +527,51 @@
   <si>
     <t xml:space="preserve"> Sukhdev </t>
   </si>
   <si>
     <t xml:space="preserve">Divyansh Bhardwaj </t>
   </si>
   <si>
     <t>Amit Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607322210983.pdf</t>
   </si>
   <si>
     <t>2020-12-07 11:53:30</t>
   </si>
   <si>
     <t>2020-12-07 20:36:44</t>
   </si>
   <si>
     <t xml:space="preserve">Khushi Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Chaman Lal </t>
   </si>
   <si>
-    <t xml:space="preserve">Rishik </t>
+    <t xml:space="preserve">Rishik Thakur </t>
   </si>
   <si>
     <t>Arun Thakur</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607322289847.pdf</t>
   </si>
   <si>
     <t>2020-12-07 11:54:49</t>
   </si>
   <si>
     <t>2020-12-07 20:26:35</t>
   </si>
   <si>
     <t xml:space="preserve">Shivam Chandel </t>
   </si>
   <si>
     <t>Manoj Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607323606606.pdf</t>
   </si>
   <si>
     <t>2020-12-07 12:16:46</t>
   </si>