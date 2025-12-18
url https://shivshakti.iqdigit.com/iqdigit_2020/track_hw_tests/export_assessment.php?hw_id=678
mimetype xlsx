--- v0 (2025-10-31)
+++ v1 (2025-12-18)
@@ -485,51 +485,51 @@
   <si>
     <t xml:space="preserve">Divyansh Bhardwaj </t>
   </si>
   <si>
     <t>Amit Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607584776648.pdf</t>
   </si>
   <si>
     <t>2020-12-10 12:49:36</t>
   </si>
   <si>
     <t xml:space="preserve">Khushi Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Chaman Lal </t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607584296995.pdf</t>
   </si>
   <si>
     <t>2020-12-10 12:41:36</t>
   </si>
   <si>
-    <t xml:space="preserve">Rishik </t>
+    <t xml:space="preserve">Rishik Thakur </t>
   </si>
   <si>
     <t>Arun Thakur</t>
   </si>
   <si>
     <t xml:space="preserve">Shivam Chandel </t>
   </si>
   <si>
     <t>Manoj Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607586147434.pdf</t>
   </si>
   <si>
     <t>2020-12-10 13:12:27</t>
   </si>
   <si>
     <t xml:space="preserve">Aditya </t>
   </si>
   <si>
     <t>Kamlesh Kumar</t>
   </si>
 </sst>
 </file>
 