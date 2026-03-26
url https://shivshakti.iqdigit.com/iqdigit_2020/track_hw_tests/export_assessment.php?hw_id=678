--- v1 (2025-12-18)
+++ v2 (2026-03-26)
@@ -275,276 +275,276 @@
   <si>
     <t xml:space="preserve">Aarav </t>
   </si>
   <si>
     <t>Sh. Jitender Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">Ambika Sandhu </t>
   </si>
   <si>
     <t>Atul Sandhu</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607586998855.pdf</t>
   </si>
   <si>
     <t>2020-12-10 13:26:38</t>
   </si>
   <si>
     <t xml:space="preserve">Vihaan </t>
   </si>
   <si>
     <t xml:space="preserve"> pawan kumar</t>
   </si>
   <si>
+    <t xml:space="preserve">Shivam Chandel </t>
+  </si>
+  <si>
+    <t>Manoj Kumar</t>
+  </si>
+  <si>
+    <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607586147434.pdf</t>
+  </si>
+  <si>
+    <t>2020-12-10 13:12:27</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHAGUN AHITAN </t>
+  </si>
+  <si>
+    <t>DHYAN CHAND</t>
+  </si>
+  <si>
     <t xml:space="preserve">Tanvi </t>
   </si>
   <si>
     <t>Sunil Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607585985573.pdf</t>
   </si>
   <si>
     <t>2020-12-10 13:09:45</t>
   </si>
   <si>
+    <t xml:space="preserve">Sanjog  Kalia </t>
+  </si>
+  <si>
+    <t>Suman Kumar</t>
+  </si>
+  <si>
+    <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607583547206.pdf</t>
+  </si>
+  <si>
+    <t>2020-12-10 12:29:07</t>
+  </si>
+  <si>
     <t xml:space="preserve">Suraj  Kumar </t>
   </si>
   <si>
     <t>Ramesh Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607584376032.pdf</t>
   </si>
   <si>
     <t>2020-12-10 12:42:56</t>
   </si>
   <si>
     <t xml:space="preserve">Ajay Kumar </t>
   </si>
   <si>
     <t xml:space="preserve"> Ram Parkash Bhardwaj</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607585405787.pdf</t>
   </si>
   <si>
     <t>2020-12-10 13:00:05</t>
   </si>
   <si>
+    <t xml:space="preserve">Rohini Devi </t>
+  </si>
+  <si>
+    <t>Rajender Singh</t>
+  </si>
+  <si>
+    <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607585992895.pdf</t>
+  </si>
+  <si>
+    <t>2020-12-10 13:09:52</t>
+  </si>
+  <si>
     <t xml:space="preserve">Shanvi Sharma </t>
   </si>
   <si>
     <t>Arun Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607584887742.pdf</t>
   </si>
   <si>
     <t>2020-12-10 12:51:27</t>
   </si>
   <si>
+    <t xml:space="preserve">Rishik Thakur </t>
+  </si>
+  <si>
+    <t>Arun Thakur</t>
+  </si>
+  <si>
     <t xml:space="preserve">Sanvi Sen </t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607584766594.pdf</t>
   </si>
   <si>
     <t>2020-12-10 12:49:26</t>
   </si>
   <si>
+    <t xml:space="preserve">Ridhima Devi </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kritik Thakur </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Raj Kumar </t>
+  </si>
+  <si>
     <t xml:space="preserve">Ridhima Kumari </t>
   </si>
   <si>
     <t>Anil Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607585862863.pdf</t>
   </si>
   <si>
     <t>2020-12-10 13:07:42</t>
   </si>
   <si>
     <t xml:space="preserve">Priyansh Sharma </t>
   </si>
   <si>
     <t>Vijay Kumar</t>
   </si>
   <si>
+    <t xml:space="preserve">Khushi Sharma </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chaman Lal </t>
+  </si>
+  <si>
+    <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607584296995.pdf</t>
+  </si>
+  <si>
+    <t>2020-12-10 12:41:36</t>
+  </si>
+  <si>
     <t xml:space="preserve">NAINSI </t>
   </si>
   <si>
     <t>SUNIL KUMAR</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607584289310.pdf</t>
   </si>
   <si>
     <t>2020-12-10 12:41:29</t>
   </si>
   <si>
     <t xml:space="preserve">PARISHA THAKUR </t>
   </si>
   <si>
     <t>MANINDER SINGH</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607584390058.pdf</t>
   </si>
   <si>
     <t>2020-12-10 12:43:10</t>
   </si>
   <si>
-    <t xml:space="preserve">Ojas </t>
+    <t xml:space="preserve">OJAS </t>
   </si>
   <si>
     <t xml:space="preserve">Satish Kumar </t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607584053142.pdf</t>
   </si>
   <si>
     <t>2020-12-10 12:37:33</t>
   </si>
   <si>
-    <t xml:space="preserve">Sanjog  Kalia </t>
-[...8 lines deleted...]
-    <t>2020-12-10 12:29:07</t>
+    <t xml:space="preserve">Divyansh Bhardwaj </t>
+  </si>
+  <si>
+    <t>Amit Kumar</t>
+  </si>
+  <si>
+    <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607584776648.pdf</t>
+  </si>
+  <si>
+    <t>2020-12-10 12:49:36</t>
   </si>
   <si>
     <t xml:space="preserve">Sachin Kashyap </t>
   </si>
   <si>
     <t>Ravi Kumar</t>
   </si>
   <si>
-    <t xml:space="preserve">SHAGUN AHITAN </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">ARNAV CHOUDHARY </t>
   </si>
   <si>
     <t>RANVIR SINGH</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607584174654.pdf</t>
   </si>
   <si>
     <t>2020-12-10 12:39:34</t>
   </si>
   <si>
-    <t xml:space="preserve">Rohini Devi </t>
-[...19 lines deleted...]
-  <si>
     <t xml:space="preserve">Anjel </t>
   </si>
   <si>
     <t>Sarbjeet Singh</t>
   </si>
   <si>
     <t xml:space="preserve">Mitali </t>
   </si>
   <si>
     <t xml:space="preserve"> Sukhdev </t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607584928970.pdf</t>
   </si>
   <si>
     <t>2020-12-10 12:52:08</t>
-  </si>
-[...40 lines deleted...]
-    <t>2020-12-10 13:12:27</t>
   </si>
   <si>
     <t xml:space="preserve">Aditya </t>
   </si>
   <si>
     <t>Kamlesh Kumar</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -1749,826 +1749,826 @@
       <c r="L22"/>
       <c r="M22" t="s">
         <v>23</v>
       </c>
       <c r="N22"/>
       <c r="O22"/>
       <c r="P22"/>
     </row>
     <row r="23" spans="1:16">
       <c r="B23" t="s">
         <v>16</v>
       </c>
       <c r="C23" t="s">
         <v>17</v>
       </c>
       <c r="D23" t="s">
         <v>18</v>
       </c>
       <c r="E23" t="s">
         <v>87</v>
       </c>
       <c r="F23" t="s">
         <v>88</v>
       </c>
       <c r="G23">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H23" t="s">
         <v>26</v>
       </c>
       <c r="I23" t="s">
         <v>22</v>
       </c>
       <c r="J23">
         <v>50</v>
       </c>
       <c r="K23"/>
       <c r="L23" t="s">
         <v>89</v>
       </c>
       <c r="M23" t="s">
         <v>23</v>
       </c>
       <c r="N23" t="s">
         <v>90</v>
       </c>
       <c r="O23"/>
       <c r="P23"/>
     </row>
     <row r="24" spans="1:16">
       <c r="B24" t="s">
         <v>16</v>
       </c>
       <c r="C24" t="s">
         <v>17</v>
       </c>
       <c r="D24" t="s">
         <v>18</v>
       </c>
       <c r="E24" t="s">
         <v>91</v>
       </c>
       <c r="F24" t="s">
         <v>92</v>
       </c>
       <c r="G24">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H24" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="I24" t="s">
         <v>22</v>
       </c>
       <c r="J24">
         <v>50</v>
       </c>
       <c r="K24"/>
-      <c r="L24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
         <v>23</v>
       </c>
-      <c r="N24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N24"/>
       <c r="O24"/>
       <c r="P24"/>
     </row>
     <row r="25" spans="1:16">
       <c r="B25" t="s">
         <v>16</v>
       </c>
       <c r="C25" t="s">
         <v>17</v>
       </c>
       <c r="D25" t="s">
         <v>18</v>
       </c>
       <c r="E25" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="F25" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="G25">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="H25" t="s">
         <v>26</v>
       </c>
       <c r="I25" t="s">
         <v>22</v>
       </c>
       <c r="J25">
         <v>50</v>
       </c>
       <c r="K25"/>
       <c r="L25" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="M25" t="s">
         <v>23</v>
       </c>
       <c r="N25" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="O25"/>
       <c r="P25"/>
     </row>
     <row r="26" spans="1:16">
       <c r="B26" t="s">
         <v>16</v>
       </c>
       <c r="C26" t="s">
         <v>17</v>
       </c>
       <c r="D26" t="s">
         <v>18</v>
       </c>
       <c r="E26" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="F26" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G26">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H26" t="s">
         <v>26</v>
       </c>
       <c r="I26" t="s">
         <v>22</v>
       </c>
       <c r="J26">
         <v>50</v>
       </c>
       <c r="K26"/>
       <c r="L26" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="M26" t="s">
         <v>23</v>
       </c>
       <c r="N26" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="O26"/>
       <c r="P26"/>
     </row>
     <row r="27" spans="1:16">
       <c r="B27" t="s">
         <v>16</v>
       </c>
       <c r="C27" t="s">
         <v>17</v>
       </c>
       <c r="D27" t="s">
         <v>18</v>
       </c>
       <c r="E27" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="F27" t="s">
-        <v>40</v>
+        <v>102</v>
       </c>
       <c r="G27">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="H27" t="s">
         <v>26</v>
       </c>
       <c r="I27" t="s">
         <v>22</v>
       </c>
       <c r="J27">
         <v>50</v>
       </c>
       <c r="K27"/>
       <c r="L27" t="s">
+        <v>103</v>
+      </c>
+      <c r="M27" t="s">
+        <v>23</v>
+      </c>
+      <c r="N27" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
       <c r="O27"/>
       <c r="P27"/>
     </row>
     <row r="28" spans="1:16">
       <c r="B28" t="s">
         <v>16</v>
       </c>
       <c r="C28" t="s">
         <v>17</v>
       </c>
       <c r="D28" t="s">
         <v>18</v>
       </c>
       <c r="E28" t="s">
+        <v>105</v>
+      </c>
+      <c r="F28" t="s">
         <v>106</v>
       </c>
-      <c r="F28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G28">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="H28" t="s">
         <v>26</v>
       </c>
       <c r="I28" t="s">
         <v>22</v>
       </c>
       <c r="J28">
         <v>50</v>
       </c>
       <c r="K28"/>
       <c r="L28" t="s">
+        <v>107</v>
+      </c>
+      <c r="M28" t="s">
+        <v>23</v>
+      </c>
+      <c r="N28" t="s">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>109</v>
       </c>
       <c r="O28"/>
       <c r="P28"/>
     </row>
     <row r="29" spans="1:16">
       <c r="B29" t="s">
         <v>16</v>
       </c>
       <c r="C29" t="s">
         <v>17</v>
       </c>
       <c r="D29" t="s">
         <v>18</v>
       </c>
       <c r="E29" t="s">
+        <v>109</v>
+      </c>
+      <c r="F29" t="s">
         <v>110</v>
       </c>
-      <c r="F29" t="s">
+      <c r="G29">
+        <v>19</v>
+      </c>
+      <c r="H29" t="s">
+        <v>26</v>
+      </c>
+      <c r="I29" t="s">
+        <v>22</v>
+      </c>
+      <c r="J29">
+        <v>50</v>
+      </c>
+      <c r="K29"/>
+      <c r="L29" t="s">
         <v>111</v>
       </c>
-      <c r="G29">
-[...12 lines deleted...]
-      <c r="L29"/>
       <c r="M29" t="s">
         <v>23</v>
       </c>
-      <c r="N29"/>
+      <c r="N29" t="s">
+        <v>112</v>
+      </c>
       <c r="O29"/>
       <c r="P29"/>
     </row>
     <row r="30" spans="1:16">
       <c r="B30" t="s">
         <v>16</v>
       </c>
       <c r="C30" t="s">
         <v>17</v>
       </c>
       <c r="D30" t="s">
         <v>18</v>
       </c>
       <c r="E30" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F30" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="G30">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H30" t="s">
         <v>26</v>
       </c>
       <c r="I30" t="s">
         <v>22</v>
       </c>
       <c r="J30">
         <v>50</v>
       </c>
       <c r="K30"/>
       <c r="L30" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="M30" t="s">
         <v>23</v>
       </c>
       <c r="N30" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="O30"/>
       <c r="P30"/>
     </row>
     <row r="31" spans="1:16">
       <c r="B31" t="s">
         <v>16</v>
       </c>
       <c r="C31" t="s">
         <v>17</v>
       </c>
       <c r="D31" t="s">
         <v>18</v>
       </c>
       <c r="E31" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F31" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="G31">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="H31" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="I31" t="s">
         <v>22</v>
       </c>
       <c r="J31">
         <v>50</v>
       </c>
       <c r="K31"/>
-      <c r="L31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L31"/>
       <c r="M31" t="s">
         <v>23</v>
       </c>
-      <c r="N31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N31"/>
       <c r="O31"/>
       <c r="P31"/>
     </row>
     <row r="32" spans="1:16">
       <c r="B32" t="s">
         <v>16</v>
       </c>
       <c r="C32" t="s">
         <v>17</v>
       </c>
       <c r="D32" t="s">
         <v>18</v>
       </c>
       <c r="E32" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="F32" t="s">
-        <v>121</v>
+        <v>40</v>
       </c>
       <c r="G32">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="H32" t="s">
         <v>26</v>
       </c>
       <c r="I32" t="s">
         <v>22</v>
       </c>
       <c r="J32">
         <v>50</v>
       </c>
       <c r="K32"/>
       <c r="L32" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="M32" t="s">
         <v>23</v>
       </c>
       <c r="N32" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="O32"/>
       <c r="P32"/>
     </row>
     <row r="33" spans="1:16">
       <c r="B33" t="s">
         <v>16</v>
       </c>
       <c r="C33" t="s">
         <v>17</v>
       </c>
       <c r="D33" t="s">
         <v>18</v>
       </c>
       <c r="E33" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F33" t="s">
-        <v>125</v>
+        <v>110</v>
       </c>
       <c r="G33">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="H33" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="I33" t="s">
         <v>22</v>
       </c>
       <c r="J33">
         <v>50</v>
       </c>
       <c r="K33"/>
-      <c r="L33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
         <v>23</v>
       </c>
-      <c r="N33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N33"/>
       <c r="O33"/>
       <c r="P33"/>
     </row>
     <row r="34" spans="1:16">
       <c r="B34" t="s">
         <v>16</v>
       </c>
       <c r="C34" t="s">
         <v>17</v>
       </c>
       <c r="D34" t="s">
         <v>18</v>
       </c>
       <c r="E34" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="F34" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="G34">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="H34" t="s">
         <v>21</v>
       </c>
       <c r="I34" t="s">
         <v>22</v>
       </c>
       <c r="J34">
         <v>50</v>
       </c>
       <c r="K34"/>
       <c r="L34"/>
       <c r="M34" t="s">
         <v>23</v>
       </c>
       <c r="N34"/>
       <c r="O34"/>
       <c r="P34"/>
     </row>
     <row r="35" spans="1:16">
       <c r="B35" t="s">
         <v>16</v>
       </c>
       <c r="C35" t="s">
         <v>17</v>
       </c>
       <c r="D35" t="s">
         <v>18</v>
       </c>
       <c r="E35" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="F35" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="G35">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="H35" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="I35" t="s">
         <v>22</v>
       </c>
       <c r="J35">
         <v>50</v>
       </c>
       <c r="K35"/>
-      <c r="L35"/>
+      <c r="L35" t="s">
+        <v>127</v>
+      </c>
       <c r="M35" t="s">
         <v>23</v>
       </c>
-      <c r="N35"/>
+      <c r="N35" t="s">
+        <v>128</v>
+      </c>
       <c r="O35"/>
       <c r="P35"/>
     </row>
     <row r="36" spans="1:16">
       <c r="B36" t="s">
         <v>16</v>
       </c>
       <c r="C36" t="s">
         <v>17</v>
       </c>
       <c r="D36" t="s">
         <v>18</v>
       </c>
       <c r="E36" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="F36" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="G36">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="H36" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="I36" t="s">
         <v>22</v>
       </c>
       <c r="J36">
         <v>50</v>
       </c>
       <c r="K36"/>
-      <c r="L36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L36"/>
       <c r="M36" t="s">
         <v>23</v>
       </c>
-      <c r="N36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N36"/>
       <c r="O36"/>
       <c r="P36"/>
     </row>
     <row r="37" spans="1:16">
       <c r="B37" t="s">
         <v>16</v>
       </c>
       <c r="C37" t="s">
         <v>17</v>
       </c>
       <c r="D37" t="s">
         <v>18</v>
       </c>
       <c r="E37" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="F37" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="G37">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="H37" t="s">
         <v>26</v>
       </c>
       <c r="I37" t="s">
         <v>22</v>
       </c>
       <c r="J37">
         <v>50</v>
       </c>
       <c r="K37"/>
       <c r="L37" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="M37" t="s">
         <v>23</v>
       </c>
       <c r="N37" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="O37"/>
       <c r="P37"/>
     </row>
     <row r="38" spans="1:16">
       <c r="B38" t="s">
         <v>16</v>
       </c>
       <c r="C38" t="s">
         <v>17</v>
       </c>
       <c r="D38" t="s">
         <v>18</v>
       </c>
       <c r="E38" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="F38" t="s">
+        <v>136</v>
+      </c>
+      <c r="G38">
+        <v>12</v>
+      </c>
+      <c r="H38" t="s">
+        <v>26</v>
+      </c>
+      <c r="I38" t="s">
+        <v>22</v>
+      </c>
+      <c r="J38">
+        <v>50</v>
+      </c>
+      <c r="K38"/>
+      <c r="L38" t="s">
         <v>137</v>
       </c>
-      <c r="G38">
-[...12 lines deleted...]
-      <c r="L38"/>
       <c r="M38" t="s">
         <v>23</v>
       </c>
-      <c r="N38"/>
+      <c r="N38" t="s">
+        <v>138</v>
+      </c>
       <c r="O38"/>
       <c r="P38"/>
     </row>
     <row r="39" spans="1:16">
       <c r="B39" t="s">
         <v>16</v>
       </c>
       <c r="C39" t="s">
         <v>17</v>
       </c>
       <c r="D39" t="s">
         <v>18</v>
       </c>
       <c r="E39" t="s">
+        <v>139</v>
+      </c>
+      <c r="F39" t="s">
+        <v>140</v>
+      </c>
+      <c r="G39">
+        <v>12</v>
+      </c>
+      <c r="H39" t="s">
+        <v>26</v>
+      </c>
+      <c r="I39" t="s">
+        <v>22</v>
+      </c>
+      <c r="J39">
+        <v>50</v>
+      </c>
+      <c r="K39"/>
+      <c r="L39" t="s">
         <v>141</v>
       </c>
-      <c r="F39" t="s">
+      <c r="M39" t="s">
+        <v>23</v>
+      </c>
+      <c r="N39" t="s">
         <v>142</v>
       </c>
-      <c r="G39">
-[...16 lines deleted...]
-      <c r="N39"/>
       <c r="O39"/>
       <c r="P39"/>
     </row>
     <row r="40" spans="1:16">
       <c r="B40" t="s">
         <v>16</v>
       </c>
       <c r="C40" t="s">
         <v>17</v>
       </c>
       <c r="D40" t="s">
         <v>18</v>
       </c>
       <c r="E40" t="s">
         <v>143</v>
       </c>
       <c r="F40" t="s">
         <v>144</v>
       </c>
       <c r="G40">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H40" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="I40" t="s">
         <v>22</v>
       </c>
       <c r="J40">
         <v>50</v>
       </c>
       <c r="K40"/>
-      <c r="L40"/>
+      <c r="L40" t="s">
+        <v>145</v>
+      </c>
       <c r="M40" t="s">
         <v>23</v>
       </c>
-      <c r="N40"/>
+      <c r="N40" t="s">
+        <v>146</v>
+      </c>
       <c r="O40"/>
       <c r="P40"/>
     </row>
     <row r="41" spans="1:16">
       <c r="B41" t="s">
         <v>16</v>
       </c>
       <c r="C41" t="s">
         <v>17</v>
       </c>
       <c r="D41" t="s">
         <v>18</v>
       </c>
       <c r="E41" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="F41" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G41">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H41" t="s">
         <v>26</v>
       </c>
       <c r="I41" t="s">
         <v>22</v>
       </c>
       <c r="J41">
         <v>50</v>
       </c>
       <c r="K41"/>
       <c r="L41" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="M41" t="s">
         <v>23</v>
       </c>
       <c r="N41" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="O41"/>
       <c r="P41"/>
     </row>
     <row r="42" spans="1:16">
       <c r="B42" t="s">
         <v>16</v>
       </c>
       <c r="C42" t="s">
         <v>17</v>
       </c>
       <c r="D42" t="s">
         <v>18</v>
       </c>
       <c r="E42" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="F42" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="G42">
         <v>10</v>
       </c>
       <c r="H42" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="I42" t="s">
         <v>22</v>
       </c>
       <c r="J42">
         <v>50</v>
       </c>
       <c r="K42"/>
-      <c r="L42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L42"/>
       <c r="M42" t="s">
         <v>23</v>
       </c>
-      <c r="N42" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N42"/>
       <c r="O42"/>
       <c r="P42"/>
     </row>
     <row r="43" spans="1:16">
       <c r="B43" t="s">
         <v>16</v>
       </c>
       <c r="C43" t="s">
         <v>17</v>
       </c>
       <c r="D43" t="s">
         <v>18</v>
       </c>
       <c r="E43" t="s">
         <v>153</v>
       </c>
       <c r="F43" t="s">
         <v>154</v>
       </c>
       <c r="G43">
         <v>10</v>
       </c>
       <c r="H43" t="s">
         <v>26</v>
       </c>