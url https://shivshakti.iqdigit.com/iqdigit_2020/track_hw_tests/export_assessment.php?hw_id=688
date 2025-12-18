--- v0 (2025-10-31)
+++ v1 (2025-12-18)
@@ -503,51 +503,51 @@
   <si>
     <t xml:space="preserve">Divyansh Bhardwaj </t>
   </si>
   <si>
     <t>Amit Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607669837914.pdf</t>
   </si>
   <si>
     <t>2020-12-11 12:27:17</t>
   </si>
   <si>
     <t xml:space="preserve">Khushi Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Chaman Lal </t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607669740746.pdf</t>
   </si>
   <si>
     <t>2020-12-11 12:25:40</t>
   </si>
   <si>
-    <t xml:space="preserve">Rishik </t>
+    <t xml:space="preserve">Rishik Thakur </t>
   </si>
   <si>
     <t>Arun Thakur</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607669872000.pdf</t>
   </si>
   <si>
     <t>2020-12-11 12:27:51</t>
   </si>
   <si>
     <t xml:space="preserve">Shivam Chandel </t>
   </si>
   <si>
     <t>Manoj Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2020-12/1607671413849.pdf</t>
   </si>
   <si>
     <t>2020-12-11 12:53:33</t>
   </si>
   <si>
     <t xml:space="preserve">Aditya </t>
   </si>