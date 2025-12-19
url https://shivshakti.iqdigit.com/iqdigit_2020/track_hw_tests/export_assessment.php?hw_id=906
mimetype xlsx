--- v0 (2025-10-31)
+++ v1 (2025-12-19)
@@ -497,51 +497,51 @@
   <si>
     <t xml:space="preserve"> Sukhdev </t>
   </si>
   <si>
     <t xml:space="preserve">Divyansh Bhardwaj </t>
   </si>
   <si>
     <t>Amit Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-01/1610162705216.pdf</t>
   </si>
   <si>
     <t>2021-01-09 08:55:05</t>
   </si>
   <si>
     <t>2021-01-09 19:37:46</t>
   </si>
   <si>
     <t xml:space="preserve">Khushi Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Chaman Lal </t>
   </si>
   <si>
-    <t xml:space="preserve">Rishik </t>
+    <t xml:space="preserve">Rishik Thakur </t>
   </si>
   <si>
     <t>Arun Thakur</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-01/1610163560631.pdf</t>
   </si>
   <si>
     <t>2021-01-09 09:09:20</t>
   </si>
   <si>
     <t>2021-01-09 19:33:58</t>
   </si>
   <si>
     <t xml:space="preserve">Shivam Chandel </t>
   </si>
   <si>
     <t>Manoj Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">Aditya </t>
   </si>
   <si>
     <t>Kamlesh Kumar</t>
   </si>