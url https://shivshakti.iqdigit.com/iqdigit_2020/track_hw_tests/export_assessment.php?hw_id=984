--- v0 (2025-10-31)
+++ v1 (2025-12-18)
@@ -515,51 +515,51 @@
   <si>
     <t xml:space="preserve"> Sukhdev </t>
   </si>
   <si>
     <t xml:space="preserve">Divyansh Bhardwaj </t>
   </si>
   <si>
     <t>Amit Kumar</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-01/1611031757035.pdf</t>
   </si>
   <si>
     <t>2021-01-19 10:19:17</t>
   </si>
   <si>
     <t>2021-01-20 06:07:23</t>
   </si>
   <si>
     <t xml:space="preserve">Khushi Sharma </t>
   </si>
   <si>
     <t xml:space="preserve">Chaman Lal </t>
   </si>
   <si>
-    <t xml:space="preserve">Rishik </t>
+    <t xml:space="preserve">Rishik Thakur </t>
   </si>
   <si>
     <t>Arun Thakur</t>
   </si>
   <si>
     <t>https://cdn.iqwing.co.in/shivshakti/assessments/2021-01/1611032095624.pdf</t>
   </si>
   <si>
     <t>2021-01-19 10:24:55</t>
   </si>
   <si>
     <t>2021-01-20 06:05:28</t>
   </si>
   <si>
     <t xml:space="preserve">Shivam Chandel </t>
   </si>
   <si>
     <t>Manoj Kumar</t>
   </si>
   <si>
     <t xml:space="preserve">Aditya </t>
   </si>
   <si>
     <t>Kamlesh Kumar</t>
   </si>